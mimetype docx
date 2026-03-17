--- v0 (2025-10-26)
+++ v1 (2026-03-17)
@@ -224,149 +224,169 @@
           <w:p w14:paraId="7B8ACEF3" w14:textId="77777777" w:rsidR="00A76F7C" w:rsidRDefault="00A76F7C" w:rsidP="00A76F7C">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Tidpunkt när handlingar ska vara klara att skicka på förfrågan: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Datum"/>
                 <w:tag w:val="Datum"/>
                 <w:id w:val="1195346837"/>
                 <w:placeholder>
                   <w:docPart w:val="D82EB087CC544556A78558E48CA27F7E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="sv-SE"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00D14FC1">
+                <w:r w:rsidRPr="00021462">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
                   </w:rPr>
                   <w:t>Klicka eller tryck här för att ange datum.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="173241AE" w14:textId="77777777" w:rsidR="00A76F7C" w:rsidRDefault="00A76F7C" w:rsidP="00A76F7C">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Datum när avtal ska finnas på plats: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Datum"/>
                 <w:tag w:val="Datum"/>
                 <w:id w:val="649874014"/>
                 <w:placeholder>
                   <w:docPart w:val="A6F6B16B5D89463F97434583AF227086"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="sv-SE"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00D14FC1">
+                <w:r w:rsidRPr="00021462">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
                   </w:rPr>
                   <w:t>Klicka eller tryck här för att ange datum.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="7E0E7E5C" w14:textId="77777777" w:rsidR="00A76F7C" w:rsidRPr="001D14B3" w:rsidRDefault="00A76F7C" w:rsidP="00A76F7C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F369D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Datum när varorna eller tjänsten ska levereras:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Datum"/>
                 <w:tag w:val="Datum"/>
                 <w:id w:val="711697018"/>
                 <w:placeholder>
                   <w:docPart w:val="AA86BD5A9C2F482B8869C7A5B19ACA0C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="sv-SE"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00D14FC1">
+                <w:r w:rsidRPr="00021462">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
+                    <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Klicka eller tryck här för att ange datum.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A76F7C" w14:paraId="76B2F472" w14:textId="77777777" w:rsidTr="00E809A1">
         <w:trPr>
           <w:trHeight w:val="1542"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18F5034A" w14:textId="77777777" w:rsidR="00A76F7C" w:rsidRPr="006E4E8D" w:rsidRDefault="00A76F7C" w:rsidP="00A76F7C">
+          <w:p w14:paraId="31C8C0B3" w14:textId="77777777" w:rsidR="00021462" w:rsidRDefault="00021462" w:rsidP="00A76F7C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4678"/>
+                <w:tab w:val="left" w:pos="5812"/>
+                <w:tab w:val="left" w:pos="8789"/>
+              </w:tabs>
+              <w:ind w:right="113"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18F5034A" w14:textId="7FB08419" w:rsidR="00A76F7C" w:rsidRPr="006E4E8D" w:rsidRDefault="00A76F7C" w:rsidP="00A76F7C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678"/>
                 <w:tab w:val="left" w:pos="5812"/>
                 <w:tab w:val="left" w:pos="8789"/>
               </w:tabs>
               <w:ind w:right="113"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="61736FCE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Utsedd beställare som ska arbeta med inköpet: </w:t>
             </w:r>
             <w:r w:rsidRPr="61736FCE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="lightGray"/>
@@ -1084,54 +1104,54 @@
       <w:tr w:rsidR="00CC5781" w14:paraId="49B933D7" w14:textId="77777777" w:rsidTr="758A85A0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F5D4F54" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Ledtext"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC5781" w14:paraId="38DB8ACD" w14:textId="77777777" w:rsidTr="00514363">
+      <w:tr w:rsidR="00CC5781" w14:paraId="38DB8ACD" w14:textId="77777777" w:rsidTr="00021462">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1484"/>
+          <w:trHeight w:val="1969"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61069ABE" w14:textId="341815EB" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:sdt>
@@ -1271,87 +1291,87 @@
               <w:t>kr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">onor </w:t>
             </w:r>
             <w:r w:rsidRPr="0049206C">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>exklusive moms</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(Räkna med alla omkostnader och optioner)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="556B4A7B" w14:textId="75DCA5E9" w:rsidR="00CC5781" w:rsidRPr="00944A77" w:rsidRDefault="007A511D" w:rsidP="00AA79AD">
+          <w:p w14:paraId="556B4A7B" w14:textId="75DCA5E9" w:rsidR="00CC5781" w:rsidRPr="00944A77" w:rsidRDefault="00DD16F8" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-102876975"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3730E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC5781">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5781" w:rsidRPr="00944A77">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja, det finns pengar för detta köp.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6494BB1F" w14:textId="2040C989" w:rsidR="00CC5781" w:rsidRDefault="007A511D" w:rsidP="007445A3">
+          <w:p w14:paraId="6494BB1F" w14:textId="2040C989" w:rsidR="00CC5781" w:rsidRDefault="00DD16F8" w:rsidP="007445A3">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="5720698"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E3730E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC5781">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1369,51 +1389,56 @@
             </w:r>
             <w:r w:rsidR="00CC5781" w:rsidRPr="00944A77">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>för att genomföra detta köp enligt upphandlingsreglerna.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC5781" w14:paraId="1D259D6A" w14:textId="77777777" w:rsidTr="00514363">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="5253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A699B29" w14:textId="03B6CD6C" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00AA79AD">
+          <w:p w14:paraId="462428E9" w14:textId="77777777" w:rsidR="00021462" w:rsidRDefault="00021462" w:rsidP="00AA79AD">
+            <w:pPr>
+              <w:pStyle w:val="Rubx"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A699B29" w14:textId="5A1080A5" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Finansieras detta köp av EU-medel?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1337836110"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1524,76 +1549,84 @@
               <w:sdtPr>
                 <w:id w:val="611021961"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="008559E4">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nej</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="301CF49E" w14:textId="4A9DD9CE" w:rsidR="00503D61" w:rsidRDefault="006B7770" w:rsidP="006A1ADC">
+          <w:p w14:paraId="301CF49E" w14:textId="6FB72317" w:rsidR="00503D61" w:rsidRDefault="006B7770" w:rsidP="006A1ADC">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ska ett</w:t>
             </w:r>
             <w:r w:rsidR="00E809A1">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> digitalt verktyg/</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> it-system upphandlas?</w:t>
+              <w:t>it-system</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> upphandlas?</w:t>
             </w:r>
             <w:r w:rsidR="00503D61" w:rsidRPr="00503D61">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1983219108"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00493411">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -1627,88 +1660,98 @@
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nej</w:t>
             </w:r>
             <w:r w:rsidR="008A02C3">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD6DB1">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00CD6DB1" w:rsidRPr="00BD6AAE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">vid </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="008468B0">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ja kommer Informationsförvaltningsgruppen att</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0074573C" w:rsidRPr="00BD6AAE">
+              <w:t>ja</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="008468B0">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> involveras</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007165C0">
+              <w:t xml:space="preserve"> kommer Informationsförvaltningsgruppen att</w:t>
+            </w:r>
+            <w:r w:rsidR="0074573C" w:rsidRPr="00BD6AAE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kring </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E809A1">
+              <w:t xml:space="preserve"> involveras</w:t>
+            </w:r>
+            <w:r w:rsidR="007165C0">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>icke-funktionella krav</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA353D">
+              <w:t xml:space="preserve"> kring </w:t>
+            </w:r>
+            <w:r w:rsidR="00E809A1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>icke-funktionella krav</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA353D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00FA353D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00E809A1" w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>vara</w:t>
             </w:r>
             <w:r w:rsidR="008468B0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> därför</w:t>
@@ -1716,229 +1759,774 @@
             <w:r w:rsidR="00E809A1" w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> på </w:t>
             </w:r>
             <w:r w:rsidR="00514363">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>följande frågor nedan</w:t>
             </w:r>
             <w:r w:rsidR="0074573C" w:rsidRPr="00BD6AAE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="020629BE" w14:textId="77777777" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
+          <w:p w14:paraId="020629BE" w14:textId="417417F3" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Systemägare:</w:t>
             </w:r>
+            <w:r w:rsidR="00B97FF7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97FF7" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="417C0E47" w14:textId="77777777" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
+          <w:p w14:paraId="417C0E47" w14:textId="4355F683" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Finns tid och resurser för en tilltänkt systemförvaltare? </w:t>
             </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="4F3C92BC" w14:textId="77777777" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
+          <w:p w14:paraId="4F3C92BC" w14:textId="32E5C00E" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vad ska verktyget/systemet användas till?</w:t>
             </w:r>
+            <w:r w:rsidR="005D7830">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="61D61814" w14:textId="77777777" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
+          <w:p w14:paraId="61D61814" w14:textId="305F93BA" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Vilka är målgruppen/användare av verktyget/systemet? Studenter/personal/forskare</w:t>
+              <w:t>Vilka är målgruppen/användare av verktyget/systemet? Studenter/personal/forskar</w:t>
+            </w:r>
+            <w:r w:rsidR="0086464E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D6692AD" w14:textId="77777777" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
+          <w:p w14:paraId="6D6692AD" w14:textId="7BEAB6C1" w:rsidR="00E809A1" w:rsidRPr="00E809A1" w:rsidRDefault="00E809A1" w:rsidP="00E809A1">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kommer verktyget/systemet hantera personuppgifter?  Ja/Nej</w:t>
             </w:r>
+            <w:r w:rsidR="005D7830">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="770DE031" w14:textId="2E9699A8" w:rsidR="00514363" w:rsidRPr="00514363" w:rsidRDefault="00E809A1" w:rsidP="00514363">
+          <w:p w14:paraId="770DE031" w14:textId="0FD46A69" w:rsidR="00514363" w:rsidRPr="00514363" w:rsidRDefault="00E809A1" w:rsidP="00514363">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E809A1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kommer verktyget/systemet hantera allmänna handlingar? Ja/Nej</w:t>
             </w:r>
+            <w:r w:rsidR="005D7830">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7830" w:rsidRPr="00442415">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2D70A1A1" w14:textId="3927483E" w:rsidR="00E809A1" w:rsidRPr="00514363" w:rsidRDefault="00514363" w:rsidP="006A1ADC">
+          <w:p w14:paraId="2E8B6213" w14:textId="77777777" w:rsidR="00021462" w:rsidRDefault="00021462" w:rsidP="006A1ADC">
+            <w:pPr>
+              <w:pStyle w:val="Rubx"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D70A1A1" w14:textId="17792FF4" w:rsidR="00E809A1" w:rsidRPr="00514363" w:rsidRDefault="00514363" w:rsidP="006A1ADC">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00514363">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Finns det IT-komponenter som inte är IT-system eller digitala verktyg i detta köp? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-827819594"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="00890E45">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="008559E4">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1904132641"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="008559E4">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nej</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1783F596" w14:textId="2823C192" w:rsidR="000E20FE" w:rsidRDefault="00434706" w:rsidP="00AA79AD">
+          <w:p w14:paraId="51EE0AE8" w14:textId="77777777" w:rsidR="00021462" w:rsidRDefault="00021462" w:rsidP="00AA79AD">
+            <w:pPr>
+              <w:pStyle w:val="Rubx"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32AF5B1A" w14:textId="77777777" w:rsidR="00021462" w:rsidRDefault="00434706" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Behöver tillgänglighet i någon form </w:t>
             </w:r>
             <w:r w:rsidR="000E20FE" w:rsidRPr="000E20FE">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>beaktas vid detta inköp?</w:t>
             </w:r>
             <w:r w:rsidR="000A452F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D01F1" w:rsidRPr="000A452F">
@@ -2004,190 +2592,195 @@
               <w:sdtPr>
                 <w:id w:val="1237911555"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E20FE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000E20FE" w:rsidRPr="008559E4">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nej</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="148B35E8" w14:textId="0DDDFBA6" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="148B35E8" w14:textId="0C01D6C4" w:rsidR="000E20FE" w:rsidRPr="00021462" w:rsidRDefault="00021462" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00021462">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ska</w:t>
+            </w:r>
             <w:r>
-              <w:t>Ska hållbarhetskrav/miljökrav beaktas vid detta köp?</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E20FE">
+              <w:t>hållbarhetskrav/miljökrav beaktas vid detta köp?</w:t>
+            </w:r>
+            <w:r w:rsidR="000E20FE">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="872344682"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="758A85A0">
+                <w:r w:rsidR="000E20FE" w:rsidRPr="758A85A0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidR="000E20FE">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-129557362"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="758A85A0">
+                <w:r w:rsidR="000E20FE" w:rsidRPr="758A85A0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidR="000E20FE">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nej (</w:t>
             </w:r>
-            <w:r w:rsidRPr="758A85A0">
+            <w:r w:rsidR="000E20FE" w:rsidRPr="758A85A0">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beställare kan behöva ha en dialog med samordnare för miljö- och hållbarhetsfrågor).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59689B96" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRPr="008559E4" w:rsidRDefault="00CC5781" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FCBA7B7" w14:textId="61B111AB" w:rsidR="00030F91" w:rsidRDefault="00030F91"/>
-    <w:p w14:paraId="3993C088" w14:textId="164D8754" w:rsidR="00CC5781" w:rsidRDefault="00030F91" w:rsidP="000E20FE">
+    <w:p w14:paraId="3993C088" w14:textId="0769B779" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="000E20FE">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="160"/>
         <w:tblW w:w="10330" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10330"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E20FE" w14:paraId="33D63036" w14:textId="77777777" w:rsidTr="61736FCE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC"/>
           </w:tcPr>
           <w:p w14:paraId="58544489" w14:textId="4D945F14" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="000E20FE">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C059B">
-              <w:lastRenderedPageBreak/>
               <w:t>INFORMATION OM ANSVARSFÖRDELNING</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E20FE" w14:paraId="41705F68" w14:textId="77777777" w:rsidTr="61736FCE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="7415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3B04456F" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="000E20FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678"/>
@@ -2406,62 +2999,60 @@
             <w:r w:rsidRPr="61736FCE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Sekretess </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Samtliga personer som arbetar med upphandlingsdokumentet ska vara införstådda med sekretessbestämmelser som gäller vid offentlig upphandling. Det råder absolut sekretess till dessa att upphandlingen är annonserad eller att avropet är utskickat till ramavtalsleverantörer. Ansvarig upphandlare kan ge mer upplysningar. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49E8FB9A" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="000E20FE">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A0925C8" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRPr="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="000E20FE">
+          <w:p w14:paraId="0A0925C8" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRPr="00635EA1" w:rsidRDefault="000E20FE" w:rsidP="000E20FE">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:u w:val="single"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E20FE">
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+            <w:r w:rsidRPr="00635EA1">
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
               <w:t>Efter upphandlingen gäller detta (förvaltning av avtal):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58486BDB" w14:textId="7BE2FC48" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="000E20FE">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="61736FCE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>En avtalsförvaltare behöver utses</w:t>
             </w:r>
             <w:r w:rsidR="547ED162" w:rsidRPr="61736FCE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
@@ -2585,51 +3176,50 @@
           </w:tcPr>
           <w:p w14:paraId="374D506C" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRPr="008559E4" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
               <w:t>Signatur av ansvarig chef enligt Rektors delegation av beslutsrätt vid Högskolan Dalarna*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E20FE" w14:paraId="6444E723" w14:textId="77777777" w:rsidTr="00AA79AD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="720692F8" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Signering av chef: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45FC9DB3" w14:textId="77777777" w:rsidR="0059034F" w:rsidRDefault="0059034F" w:rsidP="007651F2">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01413832" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRPr="00D136A6" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D136A6">
@@ -2840,260 +3430,574 @@
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ANTECKNINGAR FRÅN INKÖP OCH UPPHANDLING VID HÖGSKOLAN DALARNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E20FE" w:rsidRPr="004703D7" w14:paraId="6393009D" w14:textId="77777777" w:rsidTr="000E20FE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2901078F" w14:textId="245F6A90" w:rsidR="000E20FE" w:rsidRDefault="007A511D" w:rsidP="00AA79AD">
+          <w:p w14:paraId="51BA0BB1" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-433054173"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E3730E">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000E20FE">
+            <w:r>
               <w:t xml:space="preserve"> Ja, resurser finns från Inköp och upphandlings sida.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73CFC6C4" w14:textId="77777777" w:rsidR="0059034F" w:rsidRDefault="0059034F" w:rsidP="007651F2">
+          <w:p w14:paraId="4F466BF3" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="278BC23B" w14:textId="7CF0D933" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="695F62F5" w14:textId="122C79B9" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r w:rsidRPr="00F6597B">
               <w:t xml:space="preserve">Vem </w:t>
             </w:r>
             <w:r>
               <w:t>bistår från Inköp och upphandling</w:t>
             </w:r>
             <w:r w:rsidRPr="00F6597B">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00944544">
-              <w:t>Ingen</w:t>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37A71DA3" w14:textId="1BBFB8CB" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="0B645328" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
-              <w:t>Kommentar till tidplan:</w:t>
-[...2 lines deleted...]
-              <w:t>Nej</w:t>
+              <w:t xml:space="preserve">Kommentar till tidplan: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2128C5A4" w14:textId="06DC23A7" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="22D6EC91" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Upphandlingsförfarande </w:t>
             </w:r>
             <w:r w:rsidRPr="00F36992">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>(upphandling, avrop, direktupphandling):</w:t>
             </w:r>
-            <w:r w:rsidR="00944544">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
               <w:rPr>
                 <w:b w:val="0"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> Förhandlat förfarande utan föregående annonsering.</w:t>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0049206C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3432ECBC" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRPr="00F6597B" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="2A3E31A5" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRPr="00F6597B" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20B0BF11" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="2F035EE9" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39C63BCE" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="2F5CCD90" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5DC6DBD6" w14:textId="609E739D" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="1646DAA4" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Underskrift ansvarig upphandlare: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30EC85F9" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="373E8A70" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7CDC6424" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRPr="00D136A6" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="7551C1C0" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRPr="00D136A6" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D136A6">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>….signeras digitalt….</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DFAAC3F" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="5C82E580" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
             </w:pPr>
             <w:r>
               <w:t>______________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04AEA769" w14:textId="607D1AEB" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
+          <w:p w14:paraId="24AB37FE" w14:textId="77777777" w:rsidR="00005BF5" w:rsidRDefault="00005BF5" w:rsidP="00005BF5">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004703D7">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Namnförtydligande: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D41CF">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B59154D" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRPr="004703D7" w:rsidRDefault="000E20FE" w:rsidP="00AA79AD">
             <w:pPr>
               <w:pStyle w:val="Rubx"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="722C5E08" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00CC5781"/>
     <w:p w14:paraId="12BC9C49" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00CC5781"/>
     <w:p w14:paraId="4E071DC4" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00CC5781"/>
     <w:p w14:paraId="65050FBA" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00CC5781"/>
     <w:p w14:paraId="449467DC" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00CC5781"/>
     <w:p w14:paraId="09819539" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00CC5781"/>
     <w:p w14:paraId="653FE56F" w14:textId="77777777" w:rsidR="000E20FE" w:rsidRDefault="000E20FE" w:rsidP="00CC5781"/>
     <w:p w14:paraId="4C3D8A32" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="382A24BC" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="1F261DCE" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="314FAB4C" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="2A50733E" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="3D8EC480" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="6B2E822C" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="635AF9F1" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:p w14:paraId="7800D067" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781"/>
     <w:sectPr w:rsidR="00CC5781">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FC6A0B3" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
+    <w:p w14:paraId="578F44AC" w14:textId="77777777" w:rsidR="00DD16F8" w:rsidRDefault="00DD16F8" w:rsidP="00CC5781">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72335DD4" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
+    <w:p w14:paraId="738671D9" w14:textId="77777777" w:rsidR="00DD16F8" w:rsidRDefault="00DD16F8" w:rsidP="00CC5781">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="15FBC9E5" w14:textId="77777777" w:rsidR="008F468A" w:rsidRDefault="008F468A"/>
+    <w:p w14:paraId="0131965E" w14:textId="77777777" w:rsidR="00DD16F8" w:rsidRDefault="00DD16F8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3104,101 +4008,98 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
-    <w:altName w:val="等线 Light"/>
-    <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79846FC8" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
+    <w:p w14:paraId="5CA1CCEE" w14:textId="77777777" w:rsidR="00DD16F8" w:rsidRDefault="00DD16F8" w:rsidP="00CC5781">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57045139" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
+    <w:p w14:paraId="1548555E" w14:textId="77777777" w:rsidR="00DD16F8" w:rsidRDefault="00DD16F8" w:rsidP="00CC5781">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0FCA5B37" w14:textId="77777777" w:rsidR="008F468A" w:rsidRDefault="008F468A"/>
+    <w:p w14:paraId="765B411F" w14:textId="77777777" w:rsidR="00DD16F8" w:rsidRDefault="00DD16F8"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1EAD5D90" w14:textId="21D915C5" w:rsidR="00CC5781" w:rsidRPr="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
+  <w:p w14:paraId="1EAD5D90" w14:textId="3D40883B" w:rsidR="00CC5781" w:rsidRPr="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC5781">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpc">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AE91A7E" wp14:editId="7BAA0EBD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-163830</wp:posOffset>
               </wp:positionV>
@@ -14049,56 +14950,63 @@
               </v:shape>
               <v:shape id="Freeform 18" o:spid="_x0000_s1042" style="position:absolute;left:6153;top:6559;width:927;height:870;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="293,273" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA/BtSowAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0H+g9iCr0lcntQihsllNaBXuqS5QMGa2qZWiNjKV7+vgoEcpvHW2ezm1wrBupD41nD8yoDQVx5&#10;03Ct4XzaL19BhIhssPVMGmYKsNs+LDaYGz/ygYZjrEUK4ZCjBhtjl0sZKksOw8p3xIn79b3DmGBf&#10;S9PjmMJdK1+yTEmHDacGix19WKr+jhen4adWh6L8/D7Pyq6LLig1lBa1fnqc3t9ARJriXXxzf5k0&#10;X8H1l3SA3P4DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPwbUqMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m89,171l67,228r,l62,244r,7l62,256r,5l65,264r5,4l76,271r,2l,273r,-2l,271r9,-5l16,261r5,-7l26,245r8,-15l40,212,108,39r,l113,29r2,-12l115,12,113,8,108,5,103,1r,-1l168,r84,212l252,212r7,18l268,245r5,9l278,261r7,5l293,271r,2l209,273r,-2l209,271r11,-7l223,261r,-4l223,252r-2,-7l214,228,192,171r-103,l89,171xm141,36l100,140r80,l141,36r,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="28161,54491;21200,72655;21200,72655;19618,77754;19618,79984;19618,81578;19618,83171;20567,84127;22149,85402;24048,86358;24048,86995;0,86995;0,86358;0,86358;2848,84764;5063,83171;6645,80940;8227,78072;10758,73292;12657,67557;34173,12428;34173,12428;35755,9241;36388,5417;36388,3824;35755,2549;34173,1593;32591,319;32591,0;53158,0;79737,67557;79737,67557;81952,73292;84800,78072;86382,80940;87964,83171;90179,84764;92710,86358;92710,86995;66131,86995;66131,86358;66131,86358;69612,84127;70561,83171;70561,81896;70561,80303;69928,78072;67713,72655;60752,54491;28161,54491;28161,54491;44615,11472;31642,44613;56955,44613;44615,11472;44615,11472" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 <o:lock v:ext="edit" verticies="t"/>
               </v:shape>
               <v:shape id="Freeform 19" o:spid="_x0000_s1043" style="position:absolute;left:7137;top:6559;width:864;height:908;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="273,285" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDJZAv5wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKXirGz1oG13FChYRPDT2ktuQHZNgdjbd3Sbx37uC4G0e73OW68E0oiPna8sKJuMEBHFh&#10;dc2lgt/T7v0DhA/IGhvLpOBKHtar15clptr2/ENdFkoRQ9inqKAKoU2l9EVFBv3YtsSRO1tnMETo&#10;Sqkd9jHcNHKaJDNpsObYUGFL24qKS/ZvFOQH13X553c9y3jr9F/eHPuviVKjt2GzABFoCE/xw73X&#10;cf4c7r/EA+TqBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMlkC/nBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m52,219r,l52,235r2,14l57,256r3,5l66,266r6,5l72,273,,273r,-2l,271r7,-5l12,261r6,-5l19,249r2,-14l23,219,23,53r,l21,38,19,24,18,17,12,12,7,7,,1,,,60,r,l60,r4,7l67,10r5,9l223,211r,-158l223,53r,-15l220,24r-2,-7l215,12,208,7,201,1r,-1l273,r,1l273,1r-7,6l261,12r-3,5l254,24r-2,14l252,53r,232l252,285r-18,-7l218,268,204,254,192,238,52,58r,161l52,219xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="16450,69776;16450,69776;16450,74874;17082,79335;18031,81565;18980,83158;20878,84751;22776,86344;22776,86982;0,86982;0,86344;0,86344;2214,84751;3796,83158;5694,81565;6010,79335;6643,74874;7276,69776;7276,16887;7276,16887;6643,12107;6010,7647;5694,5416;3796,3823;2214,2230;0,319;0,0;18980,0;18980,0;18980,0;20246,2230;21195,3186;22776,6054;70543,67228;70543,16887;70543,16887;70543,12107;69594,7647;68961,5416;68012,3823;65798,2230;63584,319;63584,0;86360,0;86360,319;86360,319;84146,2230;82564,3823;81615,5416;80350,7647;79717,12107;79717,16887;79717,90805;79717,90805;74023,88575;68961,85389;64533,80928;60737,75830;16450,18480;16450,69776;16450,69776" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
               <v:shape id="Freeform 20" o:spid="_x0000_s1044" style="position:absolute;left:819;width:6362;height:5638;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2004,1777" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpSge5xgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoKXUDd6kJq6StEKvRRsFOlxyI5JMDsbstuY9tc7B6G3Gd6b975ZbQbXqJ66UHs2MJum&#10;oIgLb2suDZyO++cXUCEiW2w8k4FfCrBZj55WmFl/4y/q81gqCeGQoYEqxjbTOhQVOQxT3xKLdvGd&#10;wyhrV2rb4U3CXaPnabrQDmuWhgpb2lZUXPMfZ6D/4/P8c/d+XZ5PSZ7MkvLy3RyMmYyHt1dQkYb4&#10;b35cf1jBF1j5RQbQ6zsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaUoHucYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m888,227r,l883,220r-7,-5l867,209r-7,-5l860,204r-27,35l809,275r-22,36l768,349r-19,40l732,429r-16,40l704,510r,l668,509r-36,1l598,512r-34,4l531,521r-34,5l464,533r-32,9l401,552r-33,10l338,576r-30,12l278,604r-30,15l219,637r-27,17l192,654r10,31l216,715r14,31l245,775r17,29l281,832r19,28l320,888r23,25l365,939r24,26l415,990r25,22l466,1035r28,20l521,1074r,l511,1105r-11,33l492,1171r-7,33l478,1237r-3,35l471,1306r-3,33l468,1374r,34l471,1443r4,34l478,1510r7,35l492,1578r8,33l500,1611r36,-4l571,1604r34,-5l639,1593r33,-8l704,1576r33,-9l768,1555r31,-12l830,1529r30,-13l890,1498r29,-17l948,1464r27,-21l1004,1422r,l1059,1462r57,34l1143,1512r28,14l1200,1540r29,12l1258,1562r31,11l1322,1581r34,7l1390,1595r36,5l1464,1605r41,2l1505,1607r7,-31l1520,1543r6,-31l1531,1479r3,-33l1536,1413r2,-32l1538,1348r-2,-35l1532,1280r-5,-34l1522,1213r-8,-35l1505,1144r-10,-37l1483,1073r,l1512,1054r27,-21l1568,1009r26,-25l1620,960r26,-28l1668,905r24,-28l1712,848r19,-28l1750,791r16,-30l1781,732r12,-28l1803,676r9,-27l1812,649r-26,-18l1757,616r-27,-16l1700,586r-30,-13l1640,561r-32,-11l1577,540r-33,-9l1512,524r-34,-7l1443,512r-36,-3l1373,507r-38,-2l1299,507r,l1284,462r-14,-43l1253,381r-17,-38l1217,306r-22,-34l1171,237r-28,-33l1143,204r-13,11l1124,221r-5,7l1119,228r28,37l1171,303r22,38l1212,379r17,41l1246,460r14,42l1272,545r,l1306,543r34,l1375,543r32,4l1440,550r32,4l1505,561r31,6l1567,574r31,11l1628,595r30,12l1687,619r29,16l1743,650r28,16l1771,666r-12,29l1745,723r-15,30l1714,780r-17,28l1678,834r-20,26l1637,886r-22,26l1592,936r-24,22l1544,981r-25,21l1493,1022r-26,19l1440,1059r,l1450,1088r10,30l1471,1147r7,31l1486,1211r5,31l1496,1275r2,33l1502,1343r,32l1502,1408r-2,33l1496,1474r-5,33l1486,1538r-7,31l1479,1569r-34,-3l1412,1562r-32,-5l1347,1550r-31,-9l1286,1533r-31,-11l1226,1510r-30,-14l1167,1483r-29,-14l1111,1452r-28,-18l1056,1417r-28,-21l1003,1375r,l977,1396r-27,21l924,1436r-28,17l867,1469r-27,15l811,1498r-29,14l751,1524r-29,11l691,1543r-33,9l627,1559r-32,5l562,1569r-34,4l528,1573r-7,-38l514,1498r-5,-34l506,1429r-2,-35l504,1362r2,-33l507,1296r4,-31l516,1234r7,-32l530,1173r15,-59l564,1059r,l536,1041r-25,-19l485,1002,459,981,435,960,411,938,389,913,368,889,348,865,329,839,310,811,293,784,276,756,262,728,247,699,235,670r,l262,652r28,-14l317,625r29,-14l374,599r29,-11l434,578r30,-9l495,562r31,-5l559,552r32,-4l626,545r34,l696,545r36,2l732,547r14,-47l761,455r17,-42l797,372r21,-38l840,296r22,-36l888,227r,l888,227xm1006,346r,l979,384r-23,40l934,469r-19,48l900,567r-12,56l883,650r-4,30l876,709r-2,31l874,740,835,728,790,718r-48,-7l689,708r-27,l634,709r-27,2l578,715r-28,5l523,725r-28,9l468,744r,l483,765r16,19l516,804r19,19l554,841r18,17l615,889r43,30l703,945r46,20l797,984r,l770,1026r-26,45l723,1118r-19,46l691,1214r-5,26l680,1266r-3,26l674,1320r-2,28l672,1375r,l696,1367r26,-9l746,1348r24,-11l792,1325r24,-14l838,1298r21,-16l879,1266r21,-17l938,1214r36,-38l989,1157r15,-20l1004,1137r31,39l1071,1214r40,35l1152,1282r44,29l1219,1323r24,13l1265,1348r24,8l1313,1367r24,7l1337,1374r,-28l1335,1320r-1,-26l1330,1266r-5,-24l1320,1216r-7,-24l1306,1166r-19,-47l1267,1073r-26,-45l1214,984r,l1260,965r46,-22l1352,917r43,-28l1418,874r20,-18l1457,839r19,-17l1495,803r17,-21l1527,761r16,-21l1543,740r-24,-8l1495,725r-24,-7l1445,715r-26,-6l1395,708r-25,-2l1342,704r-51,2l1238,713r-52,8l1133,737r,l1131,687r-5,-49l1116,588r-14,-50l1094,514r-9,-26l1075,464r-12,-25l1049,415r-14,-22l1022,370r-16,-24l1006,346r,xm1001,111r,l1044,80r43,-30l1131,22r23,-12l1178,r,l1215,38r36,40l1284,119r31,44l1344,206r26,47l1394,299r22,47l1416,346r41,5l1496,358r42,7l1577,374r38,10l1654,396r38,14l1730,424r36,15l1802,457r34,19l1872,497r32,22l1939,542r32,25l2004,593r,l1994,631r-12,39l1968,708r-14,38l1939,782r-19,36l1901,855r-21,34l1860,924r-24,33l1812,990r-26,31l1759,1052r-28,29l1702,1111r-31,27l1671,1138r9,38l1687,1216r5,40l1695,1298r4,41l1699,1379r,41l1695,1462r-3,41l1687,1543r-7,42l1671,1623r-10,40l1649,1701r-12,36l1623,1772r,l1580,1775r-42,l1496,1775r-41,-3l1414,1768r-41,-7l1334,1754r-40,-8l1256,1735r-37,-10l1181,1711r-36,-14l1107,1682r-36,-18l1037,1645r-34,-19l1003,1626r-35,19l932,1664r-36,18l860,1697r-36,16l787,1725r-38,12l710,1747r-40,9l631,1763r-40,7l550,1773r-41,4l468,1777r-43,l382,1775r,l367,1739r-12,-37l343,1664r-11,-38l324,1586r-9,-39l310,1505r-3,-41l303,1424r,-42l303,1341r2,-42l308,1258r7,-40l322,1178r9,-40l331,1138r-31,-29l269,1081r-27,-31l214,1021,188,988,164,957,140,922,120,889,99,855,80,820,63,784,48,747,34,711,20,673,8,635,,597r,l31,571,63,545,98,522r34,-22l166,481r34,-19l236,445r36,-16l310,413r38,-12l386,389r39,-10l464,370r40,-7l543,358r41,-5l584,353r11,-24l605,306r24,-50l658,208r31,-49l723,114,758,71,794,33,828,r,l850,10r22,12l917,48r43,30l1001,111r,l1001,111xe" fillcolor="#4b2582" stroked="f">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="249873,98687;179070,163738;78740,196422;95250,272896;165418,340803;148590,446788;192088,507397;291783,469953;390208,492483;480060,500098;484823,395382;506095,312244;569278,223394;510540,174527;412433,160882;358775,68224;400050,159295;487680,179921;558483,220538;497840,303994;469265,373805;473393,478203;398463,482963;318453,436317;229235,487088;161608,464558;173038,353496;116840,282099;83185,206894;177483,175161;253048,118044;303530,134544;265113,231010;157163,232914;208915,291618;217805,393478;244475,424259;318770,360794;409258,430288;416878,378247;442913,282099;482283,232279;376555,228789;337503,139304;345123,15866;434975,80282;537210,130102;636270,188172;582930,303677;537210,398556;527368,527705;435928,558803;318453,515964;212725,557216;112713,540081;96838,412200;59690,313513;2540,201499;86360,136131;188913,104399;269875,3173" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 <o:lock v:ext="edit" verticies="t"/>
               </v:shape>
               <w10:wrap anchorx="margin"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00CC5781">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Version: </w:t>
     </w:r>
+    <w:r w:rsidR="008536E8">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
     <w:r w:rsidR="00522907">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>(3.0)</w:t>
+      <w:t>.0</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="04182540" w14:textId="77777777" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1FF3F562" w14:textId="7BEB11D5" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0B08B942" w14:textId="2CB67407" w:rsidR="00CC5781" w:rsidRDefault="00CC5781" w:rsidP="00CC5781">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
@@ -14365,214 +15273,227 @@
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="982545938">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2130779001">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC5781"/>
     <w:rsid w:val="00000898"/>
+    <w:rsid w:val="00005BF5"/>
+    <w:rsid w:val="00021462"/>
     <w:rsid w:val="00021D04"/>
     <w:rsid w:val="00030F91"/>
     <w:rsid w:val="00090BF2"/>
     <w:rsid w:val="000A452F"/>
     <w:rsid w:val="000B35CC"/>
     <w:rsid w:val="000B7CE5"/>
     <w:rsid w:val="000E20FE"/>
     <w:rsid w:val="001362DE"/>
     <w:rsid w:val="00150DA0"/>
     <w:rsid w:val="001537E2"/>
     <w:rsid w:val="00183C48"/>
     <w:rsid w:val="001D475A"/>
     <w:rsid w:val="001F369D"/>
     <w:rsid w:val="0020470A"/>
     <w:rsid w:val="0021575A"/>
     <w:rsid w:val="002463C1"/>
     <w:rsid w:val="00263CAD"/>
     <w:rsid w:val="00276FD2"/>
     <w:rsid w:val="002F3DB7"/>
     <w:rsid w:val="0030169E"/>
     <w:rsid w:val="00323802"/>
     <w:rsid w:val="00340074"/>
     <w:rsid w:val="00380643"/>
     <w:rsid w:val="00386740"/>
     <w:rsid w:val="003B582A"/>
     <w:rsid w:val="00416557"/>
     <w:rsid w:val="004167B5"/>
     <w:rsid w:val="00431094"/>
     <w:rsid w:val="00434706"/>
     <w:rsid w:val="00493411"/>
     <w:rsid w:val="004A5AA1"/>
     <w:rsid w:val="004F4256"/>
     <w:rsid w:val="00503A5D"/>
     <w:rsid w:val="00503D61"/>
     <w:rsid w:val="00514363"/>
     <w:rsid w:val="00522907"/>
     <w:rsid w:val="00524E5F"/>
     <w:rsid w:val="0054666D"/>
     <w:rsid w:val="005476E9"/>
     <w:rsid w:val="005814A7"/>
     <w:rsid w:val="0059034F"/>
+    <w:rsid w:val="005D7830"/>
     <w:rsid w:val="005E5F29"/>
     <w:rsid w:val="00625CAC"/>
+    <w:rsid w:val="00635EA1"/>
     <w:rsid w:val="006A1ADC"/>
     <w:rsid w:val="006B2FDA"/>
     <w:rsid w:val="006B7770"/>
     <w:rsid w:val="00713DC4"/>
     <w:rsid w:val="007165C0"/>
     <w:rsid w:val="007445A3"/>
     <w:rsid w:val="0074573C"/>
     <w:rsid w:val="007651F2"/>
     <w:rsid w:val="007828AE"/>
     <w:rsid w:val="00793822"/>
     <w:rsid w:val="007A511D"/>
     <w:rsid w:val="007A6EFE"/>
     <w:rsid w:val="007C3308"/>
     <w:rsid w:val="007D45CD"/>
     <w:rsid w:val="007F6656"/>
     <w:rsid w:val="008278FB"/>
     <w:rsid w:val="0083520F"/>
     <w:rsid w:val="008468B0"/>
+    <w:rsid w:val="008536E8"/>
+    <w:rsid w:val="0086464E"/>
     <w:rsid w:val="00880E55"/>
+    <w:rsid w:val="00890E45"/>
     <w:rsid w:val="008A02C3"/>
     <w:rsid w:val="008C3F2E"/>
     <w:rsid w:val="008F468A"/>
     <w:rsid w:val="00925A73"/>
     <w:rsid w:val="00944544"/>
     <w:rsid w:val="00974D65"/>
     <w:rsid w:val="00993566"/>
     <w:rsid w:val="009A2108"/>
     <w:rsid w:val="009A2F59"/>
     <w:rsid w:val="009A7A13"/>
     <w:rsid w:val="009C4148"/>
     <w:rsid w:val="009D01F1"/>
     <w:rsid w:val="009F08EA"/>
     <w:rsid w:val="009F1B5E"/>
     <w:rsid w:val="00A133DF"/>
     <w:rsid w:val="00A22C06"/>
     <w:rsid w:val="00A3614B"/>
     <w:rsid w:val="00A76F7C"/>
+    <w:rsid w:val="00A979AA"/>
     <w:rsid w:val="00AA7A97"/>
     <w:rsid w:val="00AB637D"/>
+    <w:rsid w:val="00AC6D7B"/>
     <w:rsid w:val="00AD1A48"/>
     <w:rsid w:val="00B04E33"/>
     <w:rsid w:val="00B20932"/>
     <w:rsid w:val="00B820AD"/>
+    <w:rsid w:val="00B97FF7"/>
     <w:rsid w:val="00BA4C03"/>
     <w:rsid w:val="00BC0F88"/>
     <w:rsid w:val="00BD68E5"/>
     <w:rsid w:val="00BD6AAE"/>
     <w:rsid w:val="00BF7593"/>
     <w:rsid w:val="00C841A7"/>
     <w:rsid w:val="00CC5781"/>
     <w:rsid w:val="00CD6DB1"/>
     <w:rsid w:val="00CE5D1E"/>
+    <w:rsid w:val="00D24476"/>
     <w:rsid w:val="00D544DA"/>
     <w:rsid w:val="00D964A8"/>
+    <w:rsid w:val="00DD16F8"/>
     <w:rsid w:val="00DD5D5C"/>
     <w:rsid w:val="00E21C6C"/>
     <w:rsid w:val="00E3730E"/>
     <w:rsid w:val="00E70E1F"/>
     <w:rsid w:val="00E72DD1"/>
     <w:rsid w:val="00E809A1"/>
     <w:rsid w:val="00EE2544"/>
     <w:rsid w:val="00EE294A"/>
     <w:rsid w:val="00EF24FC"/>
     <w:rsid w:val="00F2583E"/>
     <w:rsid w:val="00F4732C"/>
     <w:rsid w:val="00F53F0C"/>
     <w:rsid w:val="00F85CE8"/>
     <w:rsid w:val="00FA353D"/>
     <w:rsid w:val="4955ADB5"/>
     <w:rsid w:val="547ED162"/>
     <w:rsid w:val="61736FCE"/>
     <w:rsid w:val="63805BF5"/>
     <w:rsid w:val="658BB4F4"/>
     <w:rsid w:val="758A85A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="063DCBCD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BD7C7091-5201-4A60-8661-CDADB5CDB29C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -15762,100 +16683,99 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
-    <w:altName w:val="等线 Light"/>
-    <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA7A97"/>
     <w:rsid w:val="00183C48"/>
     <w:rsid w:val="00431094"/>
     <w:rsid w:val="006E18FC"/>
     <w:rsid w:val="007C3308"/>
     <w:rsid w:val="007F6656"/>
     <w:rsid w:val="00880E55"/>
+    <w:rsid w:val="00942E20"/>
     <w:rsid w:val="00974D65"/>
+    <w:rsid w:val="00A979AA"/>
     <w:rsid w:val="00AA7A97"/>
     <w:rsid w:val="00C841A7"/>
     <w:rsid w:val="00D544DA"/>
     <w:rsid w:val="00E70E1F"/>
     <w:rsid w:val="00E72DD1"/>
     <w:rsid w:val="00EE294A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
@@ -16614,61 +17534,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ACE80E4C35B2104B9C4EF40EFFBF3762" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="52565ba4ffa5a13e908e840516eebf6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e6a82970-20c4-437f-8bd6-0001dc60f04b" xmlns:ns3="357c4541-0491-4623-b6da-b48802550154" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96901a9c76a449fc186ed2cf085721d4" ns2:_="" ns3:_="">
     <xsd:import namespace="e6a82970-20c4-437f-8bd6-0001dc60f04b"/>
     <xsd:import namespace="357c4541-0491-4623-b6da-b48802550154"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -16847,133 +17756,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e6a82970-20c4-437f-8bd6-0001dc60f04b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="357c4541-0491-4623-b6da-b48802550154" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E50D7040-DC80-4870-A212-02E56C566EC5}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15835F51-43F1-4ECB-9764-C9CEEC2F4A8C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e6a82970-20c4-437f-8bd6-0001dc60f04b"/>
     <ds:schemaRef ds:uri="357c4541-0491-4623-b6da-b48802550154"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E50D7040-DC80-4870-A212-02E56C566EC5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e6a82970-20c4-437f-8bd6-0001dc60f04b"/>
+    <ds:schemaRef ds:uri="357c4541-0491-4623-b6da-b48802550154"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEC7EAD8-0BA0-462E-8EA8-04E8F47FB36B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>764</Words>
-  <Characters>4053</Characters>
+  <Words>786</Words>
+  <Characters>4171</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4808</CharactersWithSpaces>
+  <CharactersWithSpaces>4948</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Matilda Buske (HDa)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100ACE80E4C35B2104B9C4EF40EFFBF3762</vt:lpwstr>
   </property>