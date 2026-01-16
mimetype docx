--- v0 (2025-10-28)
+++ v1 (2026-01-16)
@@ -1,5899 +1,5532 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5AB02E14" w14:textId="3DBA854E" w:rsidR="00C16D55" w:rsidRDefault="00C16D55" w:rsidP="008017DF">
+    <w:p w:rsidR="00C16D55" w:rsidP="008017DF" w:rsidRDefault="00C16D55" w14:paraId="5AB02E14" w14:textId="3DBA854E">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Dokumenttitel"/>
         <w:tag w:val="Dokumenttitel"/>
         <w:id w:val="-2128619653"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="55CACC30BB404A789ED269669EA819EC"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="33E48960" w14:textId="55E02F48" w:rsidR="00A20A26" w:rsidRDefault="00E82AD0" w:rsidP="00242646">
+        <w:p w:rsidR="00A20A26" w:rsidP="00242646" w:rsidRDefault="00E82AD0" w14:paraId="33E48960" w14:textId="55E02F48">
           <w:pPr>
             <w:pStyle w:val="Rubrik1"/>
           </w:pPr>
           <w:r>
             <w:t>Anvisningar och mall för ansökan om inrättande av ämne</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3D7EE95D" w14:textId="77777777" w:rsidR="00E82AD0" w:rsidRDefault="00E82AD0" w:rsidP="00242646"/>
-    <w:p w14:paraId="537BDE49" w14:textId="0CF72B31" w:rsidR="00426642" w:rsidRPr="00866EE7" w:rsidRDefault="00426642" w:rsidP="006A6312">
+    <w:p w:rsidR="00E82AD0" w:rsidP="00242646" w:rsidRDefault="00E82AD0" w14:paraId="3D7EE95D" w14:textId="77777777"/>
+    <w:p w:rsidR="00426642" w:rsidP="7C9CE28B" w:rsidRDefault="00426642" w14:paraId="3EE9ECFD" w14:textId="0045544B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F124B">
+      <w:r w:rsidRPr="7C9CE28B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00E82AD0" w:rsidRPr="003F124B">
+      <w:r w:rsidRPr="7C9CE28B" w:rsidR="00E82AD0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rocessen vid ansök</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F124B">
+      <w:r w:rsidRPr="7C9CE28B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="00E82AD0" w:rsidRPr="003F124B">
+      <w:r w:rsidRPr="7C9CE28B" w:rsidR="00E82AD0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> om inrättande av ämne finns beskriven i </w:t>
       </w:r>
-      <w:r w:rsidR="00575D51" w:rsidRPr="00575D51">
-[...13 lines deleted...]
-      <w:r w:rsidR="00E82AD0" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="7C9CE28B" w:rsidR="600CFE73">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regler för inrättande och nedläggning av ämnen och utbildningar C 2025/2371.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00426642" w:rsidP="006A6312" w:rsidRDefault="00426642" w14:paraId="25755E96" w14:textId="4D250153">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innan arbetet med att ansöka om inrättande av ämne </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8530E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">påbörjas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ska kontakt tas med</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> verksamhetsstödet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2E00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00BC1E9B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tödet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ger råd både när det gäller processen för inrättande och framställningen av ansökan enligt mallen nedan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00E82AD0" w:rsidP="006A6312" w:rsidRDefault="00E82AD0" w14:paraId="106A60F2" w14:textId="0236CBF5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>De bedömningsområden och bedömningsgrunder som ska anges i ansökan finns beskrivna i detta dokument</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00426642">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Här finns även </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>anvisningar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00426642">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som ger </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vägledning till vilken information som efterfrågas för den specifika bedömningsgrunden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00426642">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Dokumentet utgör också mall för ansökan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00426E77">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt vägledning för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="002773AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de sakkunniga som ska bedöma ansökan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00E966DB" w:rsidP="006A6312" w:rsidRDefault="00E966DB" w14:paraId="0C8902D6" w14:textId="31542F10">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3E116DF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>De</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="00426642">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bedömningsgrunder som ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="00250534">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="00426642">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">institutionens ledningsråd samt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="00426642">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>samråd i rektors ledningsråd är markerade i anvisningarna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="06AB61FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Regler för inrättande och nedläggning av ämnen och utbildningar C 2025/2371</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="00575D51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="00242646">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...206 lines deleted...]
-      <w:r w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="3E116DF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Efter samrådet i rektors ledningsråd </w:t>
       </w:r>
-      <w:r w:rsidR="00B73762" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="3E116DF0" w:rsidR="00B73762">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>beslutar rektor om ansökan ska beredas vidare i sin helhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D492C29" w14:textId="77777777" w:rsidR="00B81942" w:rsidRPr="00866EE7" w:rsidRDefault="00B81942" w:rsidP="00242646"/>
-    <w:p w14:paraId="6B45919A" w14:textId="5E5F503F" w:rsidR="00E82AD0" w:rsidRPr="00866EE7" w:rsidRDefault="00B81942" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B81942" w:rsidP="00242646" w:rsidRDefault="00B81942" w14:paraId="5D492C29" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00E82AD0" w:rsidP="00242646" w:rsidRDefault="00B81942" w14:paraId="6B45919A" w14:textId="5E5F503F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:t>Inledande information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B28A074" w14:textId="77777777" w:rsidR="00B73762" w:rsidRPr="00866EE7" w:rsidRDefault="00B73762" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B73762" w:rsidP="00242646" w:rsidRDefault="00B73762" w14:paraId="6B28A074" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4519"/>
         <w:gridCol w:w="4690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00292025" w:rsidRPr="00866EE7" w14:paraId="61128483" w14:textId="6A404E98" w:rsidTr="00AE6293">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="00292025" w:rsidTr="00AE6293" w14:paraId="61128483" w14:textId="6A404E98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05C6324C" w14:textId="08693F2D" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="00242646">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="00242646" w:rsidRDefault="00AE6293" w14:paraId="05C6324C" w14:textId="08693F2D">
             <w:r w:rsidRPr="00866EE7">
               <w:t xml:space="preserve">Ansvarig </w:t>
             </w:r>
-            <w:r w:rsidR="009D5394" w:rsidRPr="00866EE7">
+            <w:r w:rsidRPr="00866EE7" w:rsidR="009D5394">
               <w:t xml:space="preserve">kontaktperson </w:t>
             </w:r>
             <w:r w:rsidRPr="00866EE7">
               <w:t xml:space="preserve">för ansökan </w:t>
             </w:r>
             <w:r w:rsidRPr="00866EE7">
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00866EE7">
               <w:t xml:space="preserve">Ange namn och e-postadress. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F845099" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="00242646"/>
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="00242646" w:rsidRDefault="00AE6293" w14:paraId="1F845099" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AF7E097" w14:textId="126FF898" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="004C22D3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="00242646" w:rsidRDefault="004C22D3" w14:paraId="7AF7E097" w14:textId="126FF898">
       <w:r w:rsidRPr="00866EE7">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4034D5DA" w14:textId="24C1ECF3" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="4034D5DA" w14:textId="24C1ECF3">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsområde 1</w:t>
       </w:r>
-      <w:r w:rsidR="00242646" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00242646">
         <w:t>: Generell beskrivnin</w:t>
       </w:r>
-      <w:r w:rsidR="006A6312" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="006A6312">
         <w:t>g</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="5380"/>
         <w:gridCol w:w="960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A6312" w:rsidRPr="00866EE7" w14:paraId="319CD057" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="006A6312" w14:paraId="319CD057" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45FCDF97" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="45FCDF97" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsområde</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 1</w:t>
+              <w:t>Bedömningsområde 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="111A8411" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="111A8411" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Generell</w:t>
+              <w:t>Generell beskrivning</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41493C58" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="41493C58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A6312" w:rsidRPr="00866EE7" w14:paraId="60E7BBC1" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="006A6312" w14:paraId="60E7BBC1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67F1614F" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="67F1614F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1.1 </w:t>
+              <w:t xml:space="preserve">Bedömningsgrund 1.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="322F0D62" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="322F0D62" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ansvarig institution för ämnet är föreslagen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="522141D7" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="522141D7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A6312" w:rsidRPr="00866EE7" w14:paraId="698D5C5D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="006A6312" w14:paraId="698D5C5D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="351AD579" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="351AD579" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1.2</w:t>
+              <w:t>Bedömningsgrund 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="617C4E2F" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="617C4E2F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ämnets namn (både på svenska och engelska) är kortfattat, speglar ämnets innehåll och är hållbart över längre tid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78D048FF" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="78D048FF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A6312" w:rsidRPr="00866EE7" w14:paraId="4829DA32" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="006A6312" w14:paraId="4829DA32" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F1D5431" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="6F1D5431" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1.3</w:t>
+              <w:t>Bedömningsgrund 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5333D808" w14:textId="5BA5EAE2" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="5333D808" w14:textId="5BA5EAE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns en definition för ämnet. Den är kortfattad (normalt inte mer än 100 ord) och preciserar ämnets kärna. Om möjligt ska definitionen vara utformad så att den kan förstås även av andra än specialister inom ämnet. Eventuell lokal profilering för ämnet vid högskolan ska framgå.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06F38B0B" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="06F38B0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A6312" w:rsidRPr="00866EE7" w14:paraId="1CAA11F9" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="006A6312" w14:paraId="1CAA11F9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08A488A8" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="08A488A8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1.4</w:t>
+              <w:t>Bedömningsgrund 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B1B5C5D" w14:textId="4B484178" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="2B1B5C5D" w14:textId="4B484178">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns en mer utförlig ämnesbeskrivning (normalt inte mer än 300 ord).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53B332A0" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="53B332A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A6312" w:rsidRPr="00866EE7" w14:paraId="386BA5DF" w14:textId="77777777" w:rsidTr="008017DF">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidTr="008017DF" w14:paraId="386BA5DF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43803BDF" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="43803BDF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1.5</w:t>
+              <w:t>Bedömningsgrund 1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2985BF9E" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="2985BF9E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Ämnet har adekvat klassificering i utbildningsområde (regeringens indelningsgrund för tilldelning av resurser) samt i nationell ämnesgrupp (enligt SCB). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B14CF91" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidRDefault="006A6312" w14:paraId="0B14CF91" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008017DF" w:rsidRPr="00866EE7" w14:paraId="220FE653" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="008017DF" w14:paraId="220FE653" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="599451E0" w14:textId="6CAEC7E3" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="599451E0" w14:textId="6CAEC7E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 1.6</w:t>
+              <w:t>Bedömningsgrund 1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A15F164" w14:textId="08374C99" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="2A15F164" w14:textId="08374C99">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns en angivelse om planerat antal studenter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="26DA5C33" w14:textId="4C824A3F" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="26DA5C33" w14:textId="4C824A3F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="573A729B" w14:textId="77777777" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidP="00242646" w:rsidRDefault="006A6312" w14:paraId="573A729B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D21C538" w14:textId="544A5C61" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="1D21C538" w14:textId="54BC6FBB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bedömningsgrunderna </w:t>
       </w:r>
-      <w:r w:rsidR="003F124B" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="003F124B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.1–1.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00391A3F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="65A15E6D" w14:textId="0032181D" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors ledning</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sgrupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="5FC4D9D8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="65A15E6D" w14:textId="0032181D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 1.1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC0DECB" w14:textId="1FC274FD" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="2BC0DECB" w14:textId="1FC274FD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansvarig institution för ämnet är föreslagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE4779C" w14:textId="4E3C9050" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="4EE4779C" w14:textId="4E3C9050">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E672771" w14:textId="7B9F8FD2" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="0056661A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="0056661A" w:rsidRDefault="00242646" w14:paraId="6E672771" w14:textId="7B9F8FD2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ange ansvarig institution för ämnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D31E177" w14:textId="269ACDA4" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="1D31E177" w14:textId="269ACDA4">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A4074E" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="22A4074E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B06E130" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="1B06E130" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29434F3C" w14:textId="130EE673" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="29434F3C" w14:textId="130EE673">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 1.2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F49FCEA" w14:textId="647846BF" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="2F49FCEA" w14:textId="647846BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ämnets namn (både på svenska och engelska) är kortfattat, speglar ämnets innehåll och är hållbart över längre tid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA68BFC" w14:textId="422BA4A4" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="4AA68BFC" w14:textId="422BA4A4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F98BD48" w14:textId="4B199996" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="0056661A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="0056661A" w:rsidRDefault="00242646" w14:paraId="1F98BD48" w14:textId="4B199996">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ange ämnets namn samt engelsk översättning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070F4DC0" w14:textId="37D70457" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="070F4DC0" w14:textId="37D70457">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1329A423" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="1329A423" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40EBD03B" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="40EBD03B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BCCADE9" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="6BCCADE9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71BA3456" w14:textId="2EB5D0DB" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="71BA3456" w14:textId="2EB5D0DB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsgrund 1.3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7579384B" w14:textId="28216EA9" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="7579384B" w14:textId="28216EA9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Det finns en definition för ämnet. Den är kortfattad (normalt inte mer än 100 ord) och preciserar ämnets kärna. Om möjligt ska definitionen vara utformad så att den kan förstås även av andra än specialister inom ämnet. Eventuell lokal profilering för ämnet vid högskolan ska framgå.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1704F88E" w14:textId="7A6C3A98" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="1704F88E" w14:textId="7A6C3A98">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0022DA2B" w14:textId="29DB04CF" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="0056661A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="0056661A" w:rsidRDefault="00242646" w14:paraId="0022DA2B" w14:textId="29DB04CF">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ange en ämnesdefinition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E6DEAD" w14:textId="2EAFC79E" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="09E6DEAD" w14:textId="2EAFC79E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D2CF34" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="67D2CF34" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61132DEB" w14:textId="066FBA7A" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="61132DEB" w14:textId="066FBA7A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 1.4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E06DA7" w14:textId="0ECC4261" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="69E06DA7" w14:textId="0ECC4261">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Det finns en mer utförlig ämnesbeskrivning (normalt inte mer än 300 ord).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118DFDAB" w14:textId="1A2DBDC4" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="118DFDAB" w14:textId="1A2DBDC4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DECFC17" w14:textId="1051D2DD" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="0056661A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="0056661A" w:rsidRDefault="00242646" w14:paraId="2DECFC17" w14:textId="1051D2DD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Beskriv ämnets vetenskapliga grund och eventuell lokal profilering. Beskriv hur ämnet relaterar till andra närliggande ämnesområden nationellt och internationellt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6020DB" w14:textId="34DBF0C7" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="3F6020DB" w14:textId="34DBF0C7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AEA8C03" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="00242646" w:rsidRDefault="00575D51" w14:paraId="1AEA8C03" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0016AA23" w14:textId="6E48708F" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="0016AA23" w14:textId="6E48708F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 1.5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729D48A7" w14:textId="4AD65E1A" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="729D48A7" w14:textId="4AD65E1A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ämnet har adekvat klassificering i utbildningsområde (regeringens indelningsgrund för tilldelning av resurser) samt i nationell ämnesgrupp (enligt SCB).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15477601" w14:textId="6C0ECB1F" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="15477601" w14:textId="6C0ECB1F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13224ACB" w14:textId="77777777" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="0056661A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="0056661A" w:rsidRDefault="00242646" w14:paraId="13224ACB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange klassificering i utbildningsområde. Denna ska enbart ske utifrån ämnesinnehåll i kurserna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259C045F" w14:textId="10FDF567" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="0056661A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="0056661A" w:rsidRDefault="00242646" w14:paraId="259C045F" w14:textId="10FDF567">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ange klassificering i nationell ämnesgrupp</w:t>
       </w:r>
       <w:r w:rsidR="00B64A26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B23C35" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00B23C35">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="006C76A5" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="006C76A5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00FA603B" w:rsidRPr="00E66657">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="00E66657" w:rsidR="00FA603B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>Information om statistiken - Universitetskanslersämbetet</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FA603B" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00FA603B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B23C35" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00B23C35">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>exempel: ”</w:t>
       </w:r>
-      <w:r w:rsidR="00FA603B" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00FA603B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>AK1 Antikens kultur</w:t>
       </w:r>
-      <w:r w:rsidR="00B23C35" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00B23C35">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>”)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66657">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB1EB4E" w14:textId="545767E4" w:rsidR="00242646" w:rsidRPr="00866EE7" w:rsidRDefault="00242646" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00242646" w:rsidP="00242646" w:rsidRDefault="00242646" w14:paraId="6FB1EB4E" w14:textId="545767E4">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353F0A90" w14:textId="77777777" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="00242646">
-[...7 lines deleted...]
-    <w:p w14:paraId="4E851446" w14:textId="77777777" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="00242646" w:rsidRDefault="008017DF" w14:paraId="353F0A90" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="4E851446" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 1.6</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Det finns en angivelse om planerat antal studenter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626792BA" w14:textId="77777777" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="626792BA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A74C67B" w14:textId="3F1F6BA0" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="3A74C67B" w14:textId="3F1F6BA0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange antal studenter som planeras att antas initialt. Ange också förväntat antal studenter inom en period om </w:t>
       </w:r>
-      <w:r w:rsidR="003F124B" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="003F124B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1–3</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> år.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CEF3F84" w14:textId="77777777" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="2CEF3F84" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA42267" w14:textId="3A8FAF26" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="5AA42267" w14:textId="3A8FAF26">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2006764C" w14:textId="6C1C6D15" w:rsidR="004C22D3" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="004C22D3" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="2006764C" w14:textId="6C1C6D15">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsområde 2</w:t>
       </w:r>
-      <w:r w:rsidR="006A6312" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="006A6312">
         <w:t>: Behov av ämnet vid institutionen och Högskolan Dalarna</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="5380"/>
         <w:gridCol w:w="960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE6293" w:rsidRPr="00866EE7" w14:paraId="50E7BE65" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="00AE6293" w14:paraId="50E7BE65" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71FD3E31" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="71FD3E31" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsområde</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 2</w:t>
+              <w:t>Bedömningsområde 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B47CF05" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="1B47CF05" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Behov av ämnet vid institutionen och Högskolan Dalarna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CDDB7FA" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="2CDDB7FA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE6293" w:rsidRPr="00866EE7" w14:paraId="7CEDAA6E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="00AE6293" w14:paraId="7CEDAA6E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65801AF5" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="65801AF5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 2.1 </w:t>
+              <w:t xml:space="preserve">Bedömningsgrund 2.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E9702EA" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="7E9702EA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns ett behov av att inrätta ämnet vid Högskolan Dalarna, relaterat till institutionens och lärosätets utbildningsutbud samt till högskolans strategi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0257CA04" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="006A6312">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="006A6312" w:rsidRDefault="00AE6293" w14:paraId="0257CA04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FC4F523" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="00242646"/>
-    <w:p w14:paraId="068EC8FC" w14:textId="25D5647E" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312" w:rsidP="006A6312">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="00242646" w:rsidRDefault="00AE6293" w14:paraId="6FC4F523" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidP="006A6312" w:rsidRDefault="006A6312" w14:paraId="068EC8FC" w14:textId="77413909">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bedömningsgrund 2.1 ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Bedömningsgrund 2.1 ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00391A3F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4DA0B5CB" w14:textId="708EDA3C" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312" w:rsidP="006A6312">
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="006A6312" w:rsidRDefault="00575D51" w14:paraId="24FF8498" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidP="006A6312" w:rsidRDefault="006A6312" w14:paraId="4DA0B5CB" w14:textId="708EDA3C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 2.1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53732A0F" w14:textId="5205E44B" w:rsidR="006A6312" w:rsidRPr="00866EE7" w:rsidRDefault="006A6312" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="006A6312" w:rsidP="00242646" w:rsidRDefault="006A6312" w14:paraId="53732A0F" w14:textId="5205E44B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Det finns ett behov av att inrätta ämnet vid Högskolan Dalarna, relaterat till institutionens och lärosätets utbildningsutbud samt till högskolans strategi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E721C2" w14:textId="77777777" w:rsidR="004C22D3" w:rsidRPr="00866EE7" w:rsidRDefault="004C22D3" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="004C22D3" w:rsidP="001F7671" w:rsidRDefault="004C22D3" w14:paraId="04E721C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6302A0" w14:textId="374A4D94" w:rsidR="004C22D3" w:rsidRPr="00866EE7" w:rsidRDefault="004C22D3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="004C22D3" w:rsidP="00242646" w:rsidRDefault="004C22D3" w14:paraId="6D6302A0" w14:textId="374A4D94">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="139D81D5" w:rsidR="004C22D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Beskriv nyttan med att inrätta ämnet i relation till lärosätets verksamhet</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6293" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="139D81D5" w:rsidR="00AE6293">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> och strategi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="139D81D5" w:rsidR="004C22D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">, gärna på lite längre sikt. I detta ingår en redogörelse för hur ämnet kommer att bidra till befintliga utbildningar vid lärosätet och huruvida ämnet planerar för examina och utbildningsprogram samt om ansökan om examina/utbildningsprogram lämnas samtidigt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A68A68B" w14:textId="77777777" w:rsidR="004C22D3" w:rsidRPr="00866EE7" w:rsidRDefault="004C22D3" w:rsidP="00242646">
+    <w:p w:rsidR="416B2BDC" w:rsidP="139D81D5" w:rsidRDefault="416B2BDC" w14:paraId="09AAA187" w14:textId="3CB27694">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="139D81D5" w:rsidR="416B2BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beskriv om det finns potential till samarbeten med andra lärosäten. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="139D81D5" w:rsidR="416B2BDC">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="004C22D3" w:rsidP="00242646" w:rsidRDefault="004C22D3" w14:paraId="0A68A68B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ange om ämnet ersätter något som idag finns vid läro</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>sätet och i så fall hur övergång planeras ske.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B2AF691" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="3B2AF691" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B428BC6" w14:textId="39A2F202" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="6B428BC6" w14:textId="39A2F202">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F460FC" w14:textId="77777777" w:rsidR="00E82AD0" w:rsidRPr="00866EE7" w:rsidRDefault="00E82AD0" w:rsidP="00242646">
-[...15 lines deleted...]
-    <w:p w14:paraId="6000630F" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00E82AD0" w:rsidP="00242646" w:rsidRDefault="00E82AD0" w14:paraId="41F460FC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="79B72662" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="6000630F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A189144" w14:textId="4750A6A5" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="001F7671" w:rsidRDefault="00AE6293" w14:paraId="1A189144" w14:textId="4750A6A5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsområde 3</w:t>
       </w:r>
-      <w:r w:rsidR="001F7671" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="001F7671">
         <w:t>: Lärarkapacitet och lärarkompetens</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="5380"/>
         <w:gridCol w:w="960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F7671" w:rsidRPr="00866EE7" w14:paraId="3BE8206F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="001F7671" w14:paraId="3BE8206F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A61DFAB" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidRDefault="001F7671" w14:paraId="4A61DFAB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsområde</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t>Bedömningsområde 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27CE84E8" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidRDefault="001F7671" w14:paraId="27CE84E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Lärarkapacitet</w:t>
-[...59 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Lärarkapacitet och lärarkompetens </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38CD6D55" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidRDefault="001F7671" w14:paraId="38CD6D55" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7671" w:rsidRPr="00866EE7" w14:paraId="3EEAACA4" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="001F7671" w14:paraId="3EEAACA4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="533111E6" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidRDefault="001F7671" w14:paraId="533111E6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 3.1 </w:t>
+              <w:t xml:space="preserve">Bedömningsgrund 3.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C887AA6" w14:textId="5446C920" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="00A14AC0">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidRDefault="00A14AC0" w14:paraId="1C887AA6" w14:textId="5446C920">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Antalet lärare och deras sammantagna kompetens är adekvat och står i proportion till den utbildning som ska genomföras inom ämnet och den forskningsanknytning som erfordras</w:t>
             </w:r>
-            <w:r w:rsidR="00BC4A0A" w:rsidRPr="00866EE7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866EE7" w:rsidR="00BC4A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AD600D5" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidRDefault="001F7671" w14:paraId="3AD600D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39BFCBFB" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671"/>
-    <w:p w14:paraId="459FDCA9" w14:textId="76C88202" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="39BFCBFB" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="459FDCA9" w14:textId="629CB373">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bedömningsgrund 3.1 ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="31678DA0" w14:textId="4F5D78BD" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+        <w:t xml:space="preserve">Bedömningsgrund 3.1 ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00391A3F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors ledning</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92D69">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sgrupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="31678DA0" w14:textId="4F5D78BD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk182915575"/>
+      <w:bookmarkStart w:name="_Hlk182915575" w:id="0"/>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 3.1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3B05C4" w14:textId="50DEF37F" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="0D3B05C4" w14:textId="50DEF37F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Antalet lärare och deras sammantagna kompetens är adekvat och står i proportion till den utbildning och forskningsanknytning av utbildning som ska genomföras inom ämnet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EAFDC1" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="001F7671" w:rsidRDefault="00AE6293" w14:paraId="67EAFDC1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A81A430" w14:textId="44CCA9F6" w:rsidR="0074228A" w:rsidRPr="00E66657" w:rsidRDefault="004856EF" w:rsidP="004856EF">
+    <w:p w:rsidRPr="00E66657" w:rsidR="0074228A" w:rsidP="004856EF" w:rsidRDefault="004856EF" w14:paraId="0A81A430" w14:textId="44CCA9F6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv lärarnas vetenskapliga/konstnärliga, professionsrelaterade och pedagogiska kompetens (se separat personaltabell som hämtas via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="00866EE7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ufn@du.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E66657">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00F33068" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00F33068">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005768C3" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="005768C3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk182913807"/>
-      <w:r w:rsidR="00B23C35" w:rsidRPr="00E66657">
+      <w:bookmarkStart w:name="_Hlk182913807" w:id="1"/>
+      <w:r w:rsidRPr="00E66657" w:rsidR="00B23C35">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Redogör för en bedömning av lärarkompetensen och lärarkapaciteten i enlighet med </w:t>
       </w:r>
-      <w:r w:rsidR="00F33068" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00F33068">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vägledningen</w:t>
       </w:r>
-      <w:r w:rsidR="00B23C35" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00B23C35">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> i bilaga 1, </w:t>
       </w:r>
-      <w:r w:rsidR="00B23C35" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00B23C35">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömning av lärarkompetens och lärarkapacitet vid inrättande och utvärdering av utbildning</w:t>
       </w:r>
-      <w:r w:rsidR="00B23C35" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00B23C35">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="62317EC0" w14:textId="1369367A" w:rsidR="00D93492" w:rsidRPr="00866EE7" w:rsidRDefault="00D93492" w:rsidP="004856EF">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00D93492" w:rsidP="004856EF" w:rsidRDefault="00D93492" w14:paraId="62317EC0" w14:textId="1369367A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>De lärare som ingår i beskrivningen ska vara de som, enligt den preliminära planeringen, kommer att medverka i ämnet</w:t>
       </w:r>
-      <w:r w:rsidR="00290E6C" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00290E6C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s utbildning</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66657">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Lärare från andra </w:t>
       </w:r>
-      <w:r w:rsidR="00BC2DD3" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00BC2DD3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>miljöer inom Högskolan Dalarna eller andra lärosäten</w:t>
       </w:r>
-      <w:r w:rsidR="00FC096A" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="00FC096A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="006C3240" w:rsidRPr="00E66657">
+      <w:r w:rsidRPr="00E66657" w:rsidR="006C3240">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E66657">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>med kompetens som är relevant för ämnet</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan ingå i beskrivningen</w:t>
       </w:r>
-      <w:r w:rsidR="006C3240" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="006C3240">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659F72EF" w14:textId="78BD3D18" w:rsidR="006C3240" w:rsidRPr="00866EE7" w:rsidRDefault="006C3240" w:rsidP="006C3240">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="006C3240" w:rsidP="006C3240" w:rsidRDefault="006C3240" w14:paraId="659F72EF" w14:textId="78BD3D18">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv hur arbetet sker långsiktigt för att säkerställa att det finns tillräckliga lärarresurser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF594A8" w14:textId="3EF650AC" w:rsidR="00AE6293" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="004856EF">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00AE6293" w:rsidP="004856EF" w:rsidRDefault="00AE6293" w14:paraId="5FF594A8" w14:textId="3EF650AC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Ange särskilt om nyrekrytering bedöms nödvändig, i nuläget eller inom nära framtid (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="765F7355" w14:textId="0D937E83" w:rsidR="008017DF" w:rsidRPr="00866EE7" w:rsidRDefault="008017DF" w:rsidP="008017DF">
+        <w:t xml:space="preserve">Ange särskilt om nyrekrytering bedöms nödvändig, i nuläget eller inom nära framtid (1-3 års sikt). Gör också en bedömning av eventuella utmaningar med den nödvändiga rekryteringen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="008017DF" w:rsidP="008017DF" w:rsidRDefault="008017DF" w14:paraId="765F7355" w14:textId="0D937E83">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bifoga publikationsförteckning för de lärare som planeras delta i undervisningen. Förteckningen ska endast redovisa publikationer med relevans för ämnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33523759" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00AE6293" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00AE6293" w14:paraId="33523759" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ange person som är tilltänkt som ämnesansvarig lärare. Om det inte finns någon tilltänkt person, motivera varför.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68BE95A7" w14:textId="46692F30" w:rsidR="0074228A" w:rsidRPr="00866EE7" w:rsidRDefault="0074228A" w:rsidP="009805F2">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="0074228A" w:rsidP="009805F2" w:rsidRDefault="0074228A" w14:paraId="68BE95A7" w14:textId="46692F30">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ED83D91" w14:textId="77777777" w:rsidR="0074228A" w:rsidRPr="00866EE7" w:rsidRDefault="0074228A" w:rsidP="0074228A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="0074228A" w:rsidP="0074228A" w:rsidRDefault="0074228A" w14:paraId="1ED83D91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="418BF7FB" w14:textId="2977053E" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="418BF7FB" w14:textId="2977053E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstex</w:t>
       </w:r>
-      <w:r w:rsidR="001F7671" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="001F7671">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="13396047" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3799EB6C" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="13396047" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="7BDB7595" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="3799EB6C" w14:textId="77777777">
       <w:r w:rsidRPr="00866EE7">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5EA706" w14:textId="4ABF0953" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="4E5EA706" w14:textId="4ABF0953">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsområde 4</w:t>
       </w:r>
-      <w:r w:rsidR="003C200F" w:rsidRPr="00866EE7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="003C200F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Utbildningsmiljö, forskningsanknytning och kvalitetsarbete</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="5380"/>
         <w:gridCol w:w="960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F7671" w:rsidRPr="00866EE7" w14:paraId="1F2C35D3" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="001F7671" w14:paraId="1F2C35D3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C87506F" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="7C87506F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsområde</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 4</w:t>
+              <w:t>Bedömningsområde 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E25BC1D" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="6E25BC1D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Utbildningsmiljö</w:t>
+              <w:t>Utbildningsmiljö, forskningsanknytning och kvalitetsarbete</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38AEA63D" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="38AEA63D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7671" w:rsidRPr="00866EE7" w14:paraId="3C1C3559" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="001F7671" w14:paraId="3C1C3559" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E1993F3" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="7E1993F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 4.1 </w:t>
+              <w:t xml:space="preserve">Bedömningsgrund 4.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="364DC93D" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="364DC93D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns en sammanhållen vetenskaplig/konstnärlig utbildningsmiljö med koppling till en eller flera levande forskningsmiljöer inom ämnet och vid högskolan, där det bedrivs forskning som knyter an till den utbildning ämnet ansvarar för. Det finns en tydlig beskrivning av hur forskningsanknytning av kurser sker.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="612DFBA8" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="612DFBA8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7671" w:rsidRPr="00866EE7" w14:paraId="72031F2C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="001F7671" w14:paraId="72031F2C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21375E97" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="21375E97" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 4.2</w:t>
+              <w:t>Bedömningsgrund 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="643496BA" w14:textId="73B87CEF" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="643496BA" w14:textId="73B87CEF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns samverkan med det omgivande samhället som bidrar till utbildningens kvalitet och till förberedelse för arbetslivet inom den utbildning ämnet ansvarar för</w:t>
             </w:r>
-            <w:r w:rsidR="005B0920" w:rsidRPr="00866EE7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866EE7" w:rsidR="005B0920">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50874F89" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="50874F89" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7671" w:rsidRPr="00866EE7" w14:paraId="0882CEDA" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="001F7671" w14:paraId="0882CEDA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CCFC41B" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="7CCFC41B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 4.3</w:t>
+              <w:t>Bedömningsgrund 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49A33A04" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="49A33A04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Det finns möjlighet för studentinflytande, där ämnesansvarig lärare, kursansvariga lärare och annan personal verkar för att studenterna tar aktiv del i arbetet med att utveckla all utbildning ämnet ansvarar för. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15F58F30" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="15F58F30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F7671" w:rsidRPr="00866EE7" w14:paraId="783FEF16" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="001F7671" w14:paraId="783FEF16" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D462D55" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="1D462D55" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 4.4</w:t>
+              <w:t>Bedömningsgrund 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2845C8D5" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="2845C8D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ett genomtänkt arbete bedrivs för att vidmakthålla och utveckla kvaliteten inom den utbildning ämnet ansvarar för</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18365AA3" w14:textId="77777777" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="18365AA3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FF657AA" w14:textId="75B70FE4" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="0FF657AA" w14:textId="75B70FE4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 4.1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644EE129" w14:textId="25B75710" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="644EE129" w14:textId="25B75710">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Det finns en sammanhållen vetenskaplig/konstnärlig utbildningsmiljö med koppling till en eller flera levande forskningsmiljöer inom ämnet och vid högskolan, där det bedrivs forskning som knyter an till den utbildning ämnet ansvarar för. Det finns en tydlig beskrivning av hur forskningsanknytning av kurser sker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A39E126" w14:textId="0593CF91" w:rsidR="00DA14A5" w:rsidRPr="00866EE7" w:rsidRDefault="00DA14A5" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00DA14A5" w:rsidP="001F7671" w:rsidRDefault="00DA14A5" w14:paraId="4A39E126" w14:textId="0593CF91">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E50C27" w14:textId="77777777" w:rsidR="00DA14A5" w:rsidRPr="00866EE7" w:rsidRDefault="00DA14A5" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00DA14A5" w:rsidP="00242646" w:rsidRDefault="00DA14A5" w14:paraId="57E50C27" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Beskriv ämnets vetenskapliga/konstnärliga och, i förekommande fall, arbetslivsinriktade miljö, inklusive fysiska lokaler, kollegialt utbyte samt formella och informella arenor för utbyte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290B2388" w14:textId="1E0760D4" w:rsidR="00DA14A5" w:rsidRPr="00866EE7" w:rsidRDefault="00DA14A5" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00DA14A5" w:rsidP="00242646" w:rsidRDefault="00DA14A5" w14:paraId="290B2388" w14:textId="1E0760D4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv de forskningsmiljöer och </w:t>
       </w:r>
-      <w:r w:rsidR="00A11CD7" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00A11CD7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">den </w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>forskningsverksamhet inom ämnet och vid högskolan, där det bedrivs forskning som knyter an till den utbildning ämnet ansvarar för</w:t>
       </w:r>
-      <w:r w:rsidR="00CE1CEB" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00CE1CEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A91D52D" w14:textId="521C4499" w:rsidR="00DA14A5" w:rsidRPr="00866EE7" w:rsidRDefault="00FF0916" w:rsidP="0076762F">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00DA14A5" w:rsidP="0076762F" w:rsidRDefault="00FF0916" w14:paraId="0A91D52D" w14:textId="521C4499">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00824874" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00824874">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>edogör för</w:t>
       </w:r>
-      <w:r w:rsidR="009A1CCB" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="009A1CCB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00951D89" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00951D89">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">hur </w:t>
       </w:r>
-      <w:r w:rsidR="00F42FB1" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00F42FB1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">samtliga </w:t>
       </w:r>
-      <w:r w:rsidR="009A1CCB" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="009A1CCB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>aspekter</w:t>
       </w:r>
-      <w:r w:rsidR="001503CF" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="001503CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> av forskningsanknytning</w:t>
       </w:r>
-      <w:r w:rsidR="009A1CCB" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="009A1CCB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> som finns uppräknade </w:t>
       </w:r>
-      <w:r w:rsidR="005960E7" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="005960E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">under rubrikerna: Utbildningens vetenskapliga grund samt Studenternas vetenskapliga förhållningssätt och kritiska tänkande </w:t>
       </w:r>
-      <w:r w:rsidR="009A1CCB" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="009A1CCB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidR="00C26FF7" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00C26FF7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Forskningsanknytning vid Högskolan Dalarna</w:t>
       </w:r>
-      <w:r w:rsidR="00C935D2" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00C935D2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (C2024/1123)</w:t>
       </w:r>
-      <w:r w:rsidR="001503CF" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="001503CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>säkerställs</w:t>
       </w:r>
-      <w:r w:rsidR="00F42FB1" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00F42FB1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008E7671" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="008E7671">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Redogör även för </w:t>
       </w:r>
-      <w:r w:rsidR="0010524D" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="0010524D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">ett urval av </w:t>
       </w:r>
-      <w:r w:rsidR="00B6161C" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00B6161C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>undervisningsaktiviteter</w:t>
       </w:r>
-      <w:r w:rsidR="00461F2A" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00461F2A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A43C00" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00A43C00">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>inom</w:t>
       </w:r>
-      <w:r w:rsidR="00461F2A" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00461F2A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A7A3A" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="005A7A3A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>var</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2E77" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00FA2E77">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="005A7A3A" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="005A7A3A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> och e</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2E77" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00FA2E77">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>tt</w:t>
       </w:r>
-      <w:r w:rsidR="008A6040" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="008A6040">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0076762F" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="0076762F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">av de fyra </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2E77" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00FA2E77">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>fälten</w:t>
       </w:r>
-      <w:r w:rsidR="0076762F" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="0076762F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> i figuren under rubriken</w:t>
       </w:r>
-      <w:r w:rsidR="005A7A3A" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="005A7A3A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="0076762F" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="0076762F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Forskningsanknytning baserad på undervisningsaktiviteter för utbildningsprogram eller motsvarande</w:t>
       </w:r>
-      <w:r w:rsidR="002617F9" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="002617F9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00F6413D" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00F6413D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> i ovanstående regelverk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9B2954" w14:textId="78AA3244" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="005A7A3A">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="005A7A3A" w:rsidRDefault="001F7671" w14:paraId="1A9B2954" w14:textId="78AA3244">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA13FD6" w14:textId="77777777" w:rsidR="00575D51" w:rsidRPr="00866EE7" w:rsidRDefault="00575D51" w:rsidP="001F7671">
-[...7 lines deleted...]
-    <w:p w14:paraId="6C7E4554" w14:textId="1F0CFACA" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="001F7671" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00575D51" w:rsidP="001F7671" w:rsidRDefault="00575D51" w14:paraId="3BA13FD6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="001F7671" w14:paraId="6C7E4554" w14:textId="1F0CFACA">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 4.2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0083A6" w14:textId="19AF4360" w:rsidR="001F7671" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="001F7671">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="001F7671" w:rsidP="001F7671" w:rsidRDefault="005B0920" w14:paraId="4C0083A6" w14:textId="19AF4360">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Det finns samverkan med det omgivande samhället som bidrar till utbildningens kvalitet och till förberedelse för arbetslivet inom den utbildning ämnet ansvarar för.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB9E3F2" w14:textId="678EA4E6" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="4BB9E3F2" w14:textId="678EA4E6">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7DB207" w14:textId="67E1946B" w:rsidR="00DA14A5" w:rsidRPr="00866EE7" w:rsidRDefault="00DA14A5" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00DA14A5" w:rsidP="00242646" w:rsidRDefault="00DA14A5" w14:paraId="0B7DB207" w14:textId="67E1946B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Redogör för nationella och internationella samarbeten inom ämnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD7864A" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
-[...7 lines deleted...]
-    <w:p w14:paraId="14C672B3" w14:textId="3D5479F5" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="6CD7864A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="14C672B3" w14:textId="3D5479F5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A30C873" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="2A30C873" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15327B9F" w14:textId="15DBA589" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="15327B9F" w14:textId="15DBA589">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsgrund 4.3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553E1B62" w14:textId="1274C170" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="553E1B62" w14:textId="1274C170">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Det finns möjlighet för studentinflytande, där ämnesansvarig lärare, kursansvariga lärare och annan personal verkar för att studenterna tar aktiv del i arbetet med att utveckla </w:t>
       </w:r>
-      <w:r w:rsidR="00C624B0" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00C624B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">den </w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>utbildning ämnet ansvarar för.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E78841" w14:textId="749C0918" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="41E78841" w14:textId="749C0918">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F1E081" w14:textId="5BC57A09" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="08F1E081" w14:textId="5BC57A09">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv hur studenterna kommer att ges möjlighet till och uppmuntras att ta aktiv del i utvecklingen av ämnet och dess kurser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B9982C" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="01B9982C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BFA025" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="48BFA025" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="761E6367" w14:textId="6221E0F2" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="761E6367" w14:textId="6221E0F2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 4.4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B68E117" w14:textId="69962651" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="5B68E117" w14:textId="69962651">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ett genomtänkt arbete bedrivs för att vidmakthålla och utveckla kvaliteten inom den utbildning ämnet ansvarar för.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189CB5B9" w14:textId="0810A9AE" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="189CB5B9" w14:textId="0810A9AE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F8C34B" w14:textId="444BBA22" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="55F8C34B" w14:textId="444BBA22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv det planerade konkreta arbetet för </w:t>
       </w:r>
-      <w:r w:rsidR="00242646" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00242646">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">att </w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>vidmakthålla och utveckl</w:t>
       </w:r>
-      <w:r w:rsidR="00242646" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00242646">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kvaliteten i utbildningen inom ämnet (</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00866EE7">
+        <w:t xml:space="preserve"> kvaliteten i utbildningen inom ämnet (t.ex. arbete med kurs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="0091730A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>t.ex.</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>analyser</w:t>
+      </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> arbete med kurs</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>, gemensamt arbete med utbildningsplanering och progression, forskningens koppling till grundutbildningen, akademiska arrangemang utanför kursramarna, samråd med externa parter).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4368FF65" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="4368FF65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Beskriv den kompetensutveckling för personalen, inklusive pedagogisk utveckling, som långsiktigt planeras och bedöms vara möjlig att genomföra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28182641" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="28182641" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A29B560" w14:textId="330BAE13" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="7A29B560" w14:textId="330BAE13">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E6B4A3" w14:textId="5FA7146A" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="51E6B4A3" w14:textId="5FA7146A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FED644" w14:textId="187B0547" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="13FED644" w14:textId="187B0547">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsområde 5</w:t>
       </w:r>
-      <w:r w:rsidR="00144FFF" w:rsidRPr="00866EE7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00144FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ekonomi och infrastruktur</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="5380"/>
         <w:gridCol w:w="960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B0920" w:rsidRPr="00866EE7" w14:paraId="6291CC28" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="005B0920" w14:paraId="6291CC28" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7609203D" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="7609203D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsområde</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 5</w:t>
+              <w:t>Bedömningsområde 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5726AABC" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="5726AABC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ekonomi </w:t>
+              <w:t>Ekonomi och infrastruktur</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0170E1C4" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="0170E1C4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B0920" w:rsidRPr="00866EE7" w14:paraId="113B9CD6" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="005B0920" w14:paraId="113B9CD6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E51FDF7" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="0E51FDF7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 5.1</w:t>
+              <w:t>Bedömningsgrund 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A88AD17" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="7A88AD17" w14:textId="04C9769F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Ekonomiska resurser finns för att med hög kvalitet kunna genomföra planerad utbildning</w:t>
+              <w:t xml:space="preserve">Ekonomiska resurser finns </w:t>
+            </w:r>
+            <w:r w:rsidR="007B69B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">planerade </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>för att med hög kvalitet kunna genomföra planerad utbildning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68654CAE" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="68654CAE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B0920" w:rsidRPr="00866EE7" w14:paraId="5C1186B9" w14:textId="77777777">
+      <w:tr w:rsidRPr="00866EE7" w:rsidR="005B0920" w14:paraId="5C1186B9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36FC6741" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="36FC6741" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bedömningsgrund</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 5.2</w:t>
+              <w:t>Bedömningsgrund 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C11F438" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="0C11F438" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk155105167"/>
+            <w:bookmarkStart w:name="_Hlk155105167" w:id="2"/>
             <w:r w:rsidRPr="00866EE7">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns förutsättningar för en stabil och ändamålsenlig infrastruktur för kurser inom ämnet.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27D2C663" w14:textId="77777777" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920">
+          <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidRDefault="005B0920" w14:paraId="27D2C663" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23A0CE85" w14:textId="32406D0A" w:rsidR="00835B92" w:rsidRPr="00866EE7" w:rsidRDefault="00835B92" w:rsidP="00835B92">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00835B92" w:rsidP="00835B92" w:rsidRDefault="00835B92" w14:paraId="23A0CE85" w14:textId="1D7A14FB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk155111881"/>
+      <w:bookmarkStart w:name="_Hlk155111881" w:id="3"/>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bedömningsgrund 5.1 ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
+        <w:t xml:space="preserve">Bedömningsgrund 5.1 ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00391A3F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="00363C8F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866EE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="2225EA78" w14:textId="77777777" w:rsidR="00835B92" w:rsidRPr="00866EE7" w:rsidRDefault="00835B92" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00835B92" w:rsidP="005B0920" w:rsidRDefault="00835B92" w14:paraId="2225EA78" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3725234B" w14:textId="5F357DBF" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="005B0920">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="005B0920" w:rsidRDefault="005B0920" w14:paraId="3725234B" w14:textId="5F357DBF">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk155111799"/>
+      <w:bookmarkStart w:name="_Hlk155111799" w:id="4"/>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 5.1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D92CE1" w14:textId="58C3F57D" w:rsidR="005B0920" w:rsidRPr="00866EE7" w:rsidRDefault="005B0920" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="005B0920" w:rsidP="00242646" w:rsidRDefault="005B0920" w14:paraId="66D92CE1" w14:textId="58C3F57D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ekonomiska resurser finns för att med hög kvalitet kunna genomföra planerad utbildning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CEF412" w14:textId="64A0BC80" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="009D5FF0">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="009D5FF0" w:rsidRDefault="00B177B3" w14:paraId="23CEF412" w14:textId="64A0BC80">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8B19DD" w14:textId="6F83754E" w:rsidR="00B177B3" w:rsidRPr="00866EE7" w:rsidRDefault="00B177B3" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="00B177B3" w:rsidP="00242646" w:rsidRDefault="00B177B3" w14:paraId="2D8B19DD" w14:textId="6F83754E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk155111760"/>
+      <w:bookmarkStart w:name="_Hlk155111760" w:id="5"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Redogör för de ekonomiska resurser som är avsatta för den planerade utbildningen</w:t>
       </w:r>
-      <w:r w:rsidR="00242646" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00242646">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>. Ang</w:t>
       </w:r>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">e särskilt om resurser är avsatta för eventuella rekryteringsbehov beskrivna </w:t>
       </w:r>
-      <w:r w:rsidR="00292025" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00292025">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>i bedömningsområde 3</w:t>
       </w:r>
-      <w:r w:rsidR="009D5FF0" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="009D5FF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidR="009D5394" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="009D5394">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00292025" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00292025">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt för </w:t>
       </w:r>
-      <w:r w:rsidR="00D21F34" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00D21F34">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">eventuella </w:t>
       </w:r>
-      <w:r w:rsidR="00292025" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="00292025">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>satsningar inom forskningsverksamheten</w:t>
       </w:r>
-      <w:r w:rsidR="004F561A" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="004F561A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="53F54E2B" w14:textId="77777777" w:rsidR="009D5FF0" w:rsidRPr="00866EE7" w:rsidRDefault="009D5FF0" w:rsidP="009D5FF0">
-[...7 lines deleted...]
-    <w:p w14:paraId="5BE62578" w14:textId="303DF539" w:rsidR="009D5FF0" w:rsidRPr="00866EE7" w:rsidRDefault="009D5FF0" w:rsidP="009D5FF0">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5FF0" w:rsidP="009D5FF0" w:rsidRDefault="009D5FF0" w14:paraId="53F54E2B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5FF0" w:rsidP="009D5FF0" w:rsidRDefault="009D5FF0" w14:paraId="5BE62578" w14:textId="303DF539">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15518BD0" w14:textId="77777777" w:rsidR="009D5FF0" w:rsidRPr="00866EE7" w:rsidRDefault="009D5FF0" w:rsidP="009D5FF0">
-[...7 lines deleted...]
-    <w:p w14:paraId="7629444E" w14:textId="16105CAD" w:rsidR="009D5FF0" w:rsidRPr="00866EE7" w:rsidRDefault="009D5FF0" w:rsidP="009D5FF0">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5FF0" w:rsidP="009D5FF0" w:rsidRDefault="009D5FF0" w14:paraId="15518BD0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5FF0" w:rsidP="009D5FF0" w:rsidRDefault="009D5FF0" w14:paraId="7629444E" w14:textId="16105CAD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk155111827"/>
+      <w:bookmarkStart w:name="_Hlk155111827" w:id="6"/>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 5.2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2853E616" w14:textId="25D7C0CF" w:rsidR="009D5FF0" w:rsidRPr="00866EE7" w:rsidRDefault="009D5FF0" w:rsidP="009D5FF0">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5FF0" w:rsidP="009D5FF0" w:rsidRDefault="009D5FF0" w14:paraId="2853E616" w14:textId="25D7C0CF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Det finns förutsättningar för en stabil och ändamålsenlig infrastruktur för kurser inom </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ämnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D11F710" w14:textId="29A21F7B" w:rsidR="009D5FF0" w:rsidRPr="00866EE7" w:rsidRDefault="009D5FF0" w:rsidP="009D5FF0">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5FF0" w:rsidP="009D5FF0" w:rsidRDefault="009D5FF0" w14:paraId="5D11F710" w14:textId="29A21F7B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DBB1521" w14:textId="77777777" w:rsidR="009D5394" w:rsidRPr="00866EE7" w:rsidRDefault="009D5394" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5394" w:rsidP="00242646" w:rsidRDefault="009D5394" w14:paraId="3DBB1521" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Beskriv studenternas tillgång till ändamålsenlig infrastruktur inom ramen för den ordinarie stödverksamheten, inklusive biblioteksresurser, databaser och informationstekniska resurser. Fokus ska vara på ämnets särskilda behov. Synpunkter från berörda avdelningar inom verksamhetsstödet ska ha inhämtats, vilket ska framgå av underlaget.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D265719" w14:textId="77777777" w:rsidR="009D5394" w:rsidRPr="00866EE7" w:rsidRDefault="009D5394" w:rsidP="00242646">
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5394" w:rsidP="00242646" w:rsidRDefault="009D5394" w14:paraId="4D265719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Beskriv vilka eventuella behov av ytterligare infrastrukturella resurser som är nödvändiga för att ämnet ska kunna fungera långsiktigt med hög kvalitet (</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="782DC56B" w14:textId="1DA6083C" w:rsidR="009D5394" w:rsidRPr="00575D51" w:rsidRDefault="009D5394" w:rsidP="00242646">
+        <w:t>Beskriv vilka eventuella behov av ytterligare infrastrukturella resurser som är nödvändiga för att ämnet ska kunna fungera långsiktigt med hög kvalitet (t.ex. nya laboratorier, databaser eller verkstäder). Synpunkter från berörda avdelningar inom verksamhetsstödet ska ha inhämtats, vilket ska framgå av underlaget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00866EE7" w:rsidR="009D5394" w:rsidP="00242646" w:rsidRDefault="009D5394" w14:paraId="500E464E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00575D51" w:rsidR="009D5394" w:rsidP="00242646" w:rsidRDefault="009D5394" w14:paraId="782DC56B" w14:textId="1DA6083C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866EE7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ansökningstex</w:t>
       </w:r>
-      <w:r w:rsidR="009D5FF0" w:rsidRPr="00866EE7">
+      <w:r w:rsidRPr="00866EE7" w:rsidR="009D5FF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14472DF3" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRDefault="009B5A2D">
+    <w:p w:rsidR="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="14472DF3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="009B5A2D" w:rsidSect="003C4BA2">
-          <w:footerReference w:type="default" r:id="rId14"/>
-[...2 lines deleted...]
-          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:headerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="even" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
           <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BE381D" w14:textId="06C537ED" w:rsidR="009B5A2D" w:rsidRDefault="009B5A2D">
+    <w:p w:rsidR="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="37BE381D" w14:textId="06C537ED">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7445236A" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="7445236A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bilaga 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E43F93" w14:textId="77777777" w:rsidR="00D27CA4" w:rsidRPr="00E66657" w:rsidRDefault="00D27CA4" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="00D27CA4" w:rsidP="009B5A2D" w:rsidRDefault="00D27CA4" w14:paraId="06E43F93" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Bedömning av lärarkompetens och lärarkapacitet vid inrättande och utvärdering av utbildning</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="31518148" w14:textId="67A6D91E" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+        <w:t xml:space="preserve">Bedömning av lärarkompetens och lärarkapacitet vid inrättande och utvärdering av utbildning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="31518148" w14:textId="67A6D91E">
       <w:r w:rsidRPr="00E66657">
         <w:t xml:space="preserve">Antalet lärare och deras sammantagna kompetens är en av de bedömningsgrunder som används inför beslut om att inrätta utbildning samt vid utvärdering av utbildning. Detta för att säkerställa att det finns tillräcklig lärarkompetens och lärarkapacitet för att utbildningen ska kunna upprätthålla hög kvalitet samt forskningsanknytning av utbildningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED96B0B" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="1ED96B0B" w14:textId="77777777">
       <w:r w:rsidRPr="00E66657">
-        <w:t xml:space="preserve">Bedömningen används vid </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="15EC4E34" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+        <w:t xml:space="preserve">Bedömningen används vid UFN:s granskning inför inrättande av ämnen, forskarutbildningsämnen, huvudområden, yrkesexamina, utbildningsprogram samt vid nämndens utvärdering av utbildning. Vid bedömningen görs en sammanvägning tillsammans med övriga bedömningsgrunder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="15EC4E34" w14:textId="77777777">
       <w:r w:rsidRPr="00E66657">
         <w:t>Vid bedömningen vägs samman om det finns tillräcklig lärarkapacitet och lärarkompetens utifrån följande:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2580E620" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="2580E620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t xml:space="preserve">Ämnets eller utbildningens bredd och karaktär. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D092D2B" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="5D092D2B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t>Utbildningens volym, dvs. antal studenter/doktorander och kurser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4416B8C4" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="4416B8C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t xml:space="preserve">Utbildningens nivå. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BB117E" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="36BB117E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t>Förutsättningar för forskning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419AE3E4" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="419AE3E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t>Nationell och lokal kontext.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2588DA" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D"/>
-    <w:p w14:paraId="31000A08" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="6E2588DA" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="31000A08" w14:textId="77777777">
       <w:r w:rsidRPr="00E66657">
         <w:t>Exempel på frågor att beakta är bland annat:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698DB20A" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="698DB20A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t xml:space="preserve">Sammansättning: hur ser förhållandet ut mellan lärarnas vetenskapliga kompetens såsom professorer, docenter, lektorer och adjunkter (särskilt sett i relation till utbildningens nivå), lärare med pedagogisk meritering (särskilt sett i relation till utbildningens volym) samt konstnärlig eller professionsrelaterad kompetens (särskilt sett i relation till utbildningens karaktär)? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF4215D" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="7BF4215D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t>Undervisningsformer: finns det särskilda förhållanden kopplade till ämnets eller utbildningens karaktär att ta hänsyn till, såsom särskilda behov av enskild handledning, examination av examensarbete, laborationer, osv. som kan påverka behovet av lärarkompetens och lärarkapacitet?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB0F707" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="5FB0F707" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t>Forskarutbildningsnivå: finns tillräckligt många docenter eller professorer med forskarhandledarutbildning för att möjliggöra byte av handledare?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2301A654" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="2301A654" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
-        <w:t xml:space="preserve">Miljöns stabilitet: Är de lärare som presenteras tillräckligt väl knutna till miljön genom avtal, såsom gästprofessorer, </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="1156B5BE" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRPr="00E66657" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+        <w:t>Miljöns stabilitet: Är de lärare som presenteras tillräckligt väl knutna till miljön genom avtal, såsom gästprofessorer, affilieringar eller andra samarbets- och samverkansformer?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E66657" w:rsidR="009B5A2D" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="1156B5BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t xml:space="preserve">Nationell kontext: Är resonemanget om lärarkompetens och lärarkapacitet kalibrerat med en nationell kontext sett till ämnets storlek på andra lärosäten, osv.? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FF2203" w14:textId="4686E99A" w:rsidR="00D176B0" w:rsidRDefault="009B5A2D" w:rsidP="009B5A2D">
+    <w:p w:rsidR="00D176B0" w:rsidP="009B5A2D" w:rsidRDefault="009B5A2D" w14:paraId="56FF2203" w14:textId="4686E99A">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66657">
         <w:t>Lokal kontext: Utgör samma lärare grund för flera ämnen eller utbildningar? Dvs. räcker kapaciteten för de sammantagna uppdragen?</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D176B0" w:rsidSect="003C4BA2">
-      <w:headerReference w:type="first" r:id="rId17"/>
-[...1 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="314AD6B6" w14:textId="77777777" w:rsidR="005C195D" w:rsidRDefault="005C195D" w:rsidP="00242646">
+    <w:p w:rsidR="00623687" w:rsidP="00242646" w:rsidRDefault="00623687" w14:paraId="751B3A8E" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="093BE768" w14:textId="77777777" w:rsidR="005C195D" w:rsidRDefault="005C195D" w:rsidP="00242646">
+    <w:p w:rsidR="00623687" w:rsidP="00242646" w:rsidRDefault="00623687" w14:paraId="5F80CA5F" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79FA5751" w14:textId="77777777" w:rsidR="005C195D" w:rsidRDefault="005C195D">
+    <w:p w:rsidR="00623687" w:rsidRDefault="00623687" w14:paraId="43DCDF2E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5925,609 +5558,645 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="44C5AE48" w14:textId="77777777" w:rsidR="003F474E" w:rsidRPr="008A4E9E" w:rsidRDefault="00000000" w:rsidP="00242646">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="0033680C" w:rsidRDefault="0033680C" w14:paraId="451F1E5B" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="008A4E9E" w:rsidR="003F474E" w:rsidP="00242646" w:rsidRDefault="00000000" w14:paraId="44C5AE48" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1606111688"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:instrText>PAGE</w:instrText>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:t xml:space="preserve"> (</w:t>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:instrText>NUMPAGES</w:instrText>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
+        <w:r w:rsidRPr="008A4E9E" w:rsidR="003F474E">
           <w:t>)</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="6EBBC6BC" w14:textId="77777777" w:rsidR="003F474E" w:rsidRDefault="003F474E" w:rsidP="00242646">
+  <w:p w:rsidR="003F474E" w:rsidP="00242646" w:rsidRDefault="003F474E" w14:paraId="6EBBC6BC" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="181861016"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w14:paraId="5E0BCC02" w14:textId="77777777" w:rsidR="003F474E" w:rsidRPr="008A4E9E" w:rsidRDefault="003F474E" w:rsidP="00242646">
+          <w:p w:rsidRPr="008A4E9E" w:rsidR="003F474E" w:rsidP="00242646" w:rsidRDefault="003F474E" w14:paraId="5E0BCC02" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Sidfot"/>
             </w:pPr>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="059E48A3" w14:textId="77777777" w:rsidR="003F474E" w:rsidRDefault="003F474E" w:rsidP="00242646">
+  <w:p w:rsidR="003F474E" w:rsidP="00242646" w:rsidRDefault="003F474E" w14:paraId="059E48A3" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="76BAAC94" w14:textId="77777777" w:rsidR="009B5A2D" w:rsidRDefault="009B5A2D" w:rsidP="00242646">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="009B5A2D" w:rsidP="00242646" w:rsidRDefault="009B5A2D" w14:paraId="76BAAC94" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44E333F5" w14:textId="77777777" w:rsidR="005C195D" w:rsidRDefault="005C195D" w:rsidP="00242646">
+    <w:p w:rsidR="00623687" w:rsidP="00242646" w:rsidRDefault="00623687" w14:paraId="28A90862" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36C99474" w14:textId="77777777" w:rsidR="005C195D" w:rsidRDefault="005C195D" w:rsidP="00242646">
+    <w:p w:rsidR="00623687" w:rsidP="00242646" w:rsidRDefault="00623687" w14:paraId="37BDE8A0" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="32E0E439" w14:textId="77777777" w:rsidR="005C195D" w:rsidRDefault="005C195D">
+    <w:p w:rsidR="00623687" w:rsidRDefault="00623687" w14:paraId="7B76505F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="0033680C" w:rsidRDefault="0033680C" w14:paraId="33D5046F" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="0033680C" w:rsidRDefault="0033680C" w14:paraId="43129EB8" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1225" w:tblpY="761"/>
       <w:tblW w:w="9497" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4931"/>
       <w:gridCol w:w="4566"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="00AC6ECD" w14:paraId="0A9514F2" w14:textId="77777777">
+    <w:tr w:rsidRPr="00AC6ECD" w:rsidR="00C50796" w14:paraId="0A9514F2" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="62D4AB43" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="006A1C41">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="006A1C41" w:rsidRDefault="00C50796" w14:paraId="62D4AB43" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Rubrik1"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="13BB1158" w14:textId="55F02AC8" w:rsidR="00C50796" w:rsidRPr="003F124B" w:rsidRDefault="00E82AD0" w:rsidP="006A1C41">
+        <w:p w:rsidRPr="003F124B" w:rsidR="00C50796" w:rsidP="006A1C41" w:rsidRDefault="00E82AD0" w14:paraId="13BB1158" w14:textId="55F02AC8">
           <w:pPr>
             <w:pStyle w:val="Rubrik1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003F124B">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Anvisningar och mall för ansökan om inrättande av ämne</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="007170B6" w14:paraId="2BC869FF" w14:textId="77777777">
+    <w:tr w:rsidRPr="007170B6" w:rsidR="00C50796" w14:paraId="2BC869FF" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="14512F54" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="14512F54" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="099171D3" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="099171D3" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="0DD54CA6" w14:textId="77777777">
+    <w:tr w:rsidRPr="00E47E54" w:rsidR="00C50796" w14:paraId="0DD54CA6" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="429713E8" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="429713E8" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="38E394EE" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="006A1C41" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="006A1C41" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="38E394EE" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006A1C41">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Datum</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="008B443B" w14:paraId="2E94F8DE" w14:textId="77777777">
+    <w:tr w:rsidRPr="008B443B" w:rsidR="00C50796" w14:paraId="2E94F8DE" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="4AEA3C25" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="4AEA3C25" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="171227FE" w14:textId="1027BF32" w:rsidR="00C50796" w:rsidRPr="006A1C41" w:rsidRDefault="00000000" w:rsidP="00242646">
+        <w:p w:rsidRPr="006A1C41" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00000000" w14:paraId="171227FE" w14:textId="28CB5DA1">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:alias w:val="Mötesdatum"/>
               <w:tag w:val="Mötesdatum"/>
               <w:id w:val="1699353860"/>
-              <w:date w:fullDate="2024-12-18T00:00:00Z">
+              <w:date w:fullDate="2025-12-17T00:00:00Z">
                 <w:dateFormat w:val="yyyy-MM-dd"/>
                 <w:lid w:val="sv-SE"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
             <w:sdtContent>
-              <w:r w:rsidR="00B23C35">
+              <w:r w:rsidRPr="00A73EA9" w:rsidR="00B23C35">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
+                  <w:highlight w:val="yellow"/>
                 </w:rPr>
-                <w:t>2024-12-18</w:t>
+                <w:t>202</w:t>
+              </w:r>
+              <w:r w:rsidR="0033680C">
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>5</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00A73EA9" w:rsidR="00B23C35">
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>-12-1</w:t>
+              </w:r>
+              <w:r w:rsidR="00A016A6">
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>7</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="1F1A30BA" w14:textId="77777777">
+    <w:tr w:rsidRPr="00E47E54" w:rsidR="00C50796" w14:paraId="1F1A30BA" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="241C1BF7" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="241C1BF7" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="2A9081EA" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="006A1C41" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="006A1C41" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="2A9081EA" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="656998DD" w14:textId="28832C7D" w:rsidR="003F124B" w:rsidRPr="006A1C41" w:rsidRDefault="003F124B" w:rsidP="00242646">
+        <w:p w:rsidRPr="006A1C41" w:rsidR="003F124B" w:rsidP="00242646" w:rsidRDefault="003F124B" w14:paraId="656998DD" w14:textId="28832C7D">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006A1C41">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>C 2024/491</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="2C0BADD9" w14:textId="77777777">
+    <w:tr w:rsidRPr="00E47E54" w:rsidR="00C50796" w14:paraId="2C0BADD9" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="4ACC0C43" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="4ACC0C43" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="10FF4521" w14:textId="28279A71" w:rsidR="00C50796" w:rsidRPr="006A1C41" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="006A1C41" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="10FF4521" w14:textId="28279A71">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="008B443B" w14:paraId="55C1BC9B" w14:textId="77777777" w:rsidTr="003F124B">
+    <w:tr w:rsidRPr="008B443B" w:rsidR="00C50796" w:rsidTr="003F124B" w14:paraId="55C1BC9B" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="385"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="571933C6" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="571933C6" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="7CE419E1" w14:textId="373A5CF1" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00B3619D" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="7CE419E1" w14:textId="373A5CF1">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="40FFA1FF" w14:textId="77777777">
+    <w:tr w:rsidRPr="00E47E54" w:rsidR="00C50796" w14:paraId="40FFA1FF" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="046D677F" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00E47E54" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="046D677F" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="742816CD" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00E47E54" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="742816CD" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="6E79E6E7" w14:textId="77777777">
+    <w:tr w:rsidRPr="00E47E54" w:rsidR="00C50796" w14:paraId="6E79E6E7" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="29F6804A" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00E47E54" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="29F6804A" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="70A469C0" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00E47E54" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="70A469C0" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C50796" w:rsidRPr="008B443B" w14:paraId="1169D12E" w14:textId="77777777">
+    <w:tr w:rsidRPr="008B443B" w:rsidR="00C50796" w14:paraId="1169D12E" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="559C2B5F" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="00E47E54" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="559C2B5F" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="6338B44D" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="008B443B" w:rsidRDefault="00C50796" w:rsidP="00242646">
+        <w:p w:rsidRPr="008B443B" w:rsidR="00C50796" w:rsidP="00242646" w:rsidRDefault="00C50796" w14:paraId="6338B44D" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="238A9812" w14:textId="77777777" w:rsidR="00BD5973" w:rsidRDefault="00BD5973" w:rsidP="00242646">
+  <w:p w:rsidR="00BD5973" w:rsidP="00242646" w:rsidRDefault="00BD5973" w14:paraId="238A9812" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r w:rsidRPr="00E47E54">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="4AEE30DB" wp14:editId="2ED5230B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>658495</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="838800" cy="900000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1853310926" name="Bildobjekt 1853310926">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -6555,192 +6224,192 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="838800" cy="900000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                      <ma14:placeholderFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                      <ma14:placeholderFlag xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="2AE3EAE8" w14:textId="23F5D101" w:rsidR="009B5A2D" w:rsidRDefault="009B5A2D" w:rsidP="00242646">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="009B5A2D" w:rsidP="00242646" w:rsidRDefault="009B5A2D" w14:paraId="2AE3EAE8" w14:textId="23F5D101">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05FA7599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F62DBA8"/>
     <w:lvl w:ilvl="0" w:tplc="9438B7CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08932A7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="184C7940"/>
     <w:lvl w:ilvl="0" w:tplc="54D4C6D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktrubrik1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2024" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6803,373 +6472,373 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7784" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09744C27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="677A3A7C"/>
     <w:lvl w:ilvl="0" w:tplc="9438B7CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="098F6C82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01127FCE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D4C1CEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8820C9E2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="262044B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3572C12C"/>
     <w:lvl w:ilvl="0" w:tplc="68388FAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Punkterabc"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2194" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7317,825 +6986,825 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD07172"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99F0005A"/>
     <w:lvl w:ilvl="0" w:tplc="023E54AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Mincho" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="406B1D15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E82A500"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E545EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A92C79E2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AAF4EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6162084"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5823758C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90465C36"/>
     <w:lvl w:ilvl="0" w:tplc="9438B7CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B726ED6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89A06378"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E093BB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DD28BE4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71CB3FA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="296EA7C8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8230,490 +7899,533 @@
   <w:num w:numId="9" w16cid:durableId="598172774">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1550336680">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="553127574">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1748920445">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1074166019">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="803161911">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="468330358">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E82AD0"/>
+    <w:rsid w:val="00021257"/>
     <w:rsid w:val="00047DF9"/>
     <w:rsid w:val="00052DF7"/>
     <w:rsid w:val="00055B66"/>
     <w:rsid w:val="00073CF4"/>
+    <w:rsid w:val="000871D6"/>
     <w:rsid w:val="000906E0"/>
     <w:rsid w:val="00092854"/>
     <w:rsid w:val="000A5862"/>
     <w:rsid w:val="000E64FF"/>
     <w:rsid w:val="000F2C8A"/>
     <w:rsid w:val="00103FF1"/>
     <w:rsid w:val="0010524D"/>
     <w:rsid w:val="00133593"/>
     <w:rsid w:val="0013578F"/>
     <w:rsid w:val="001400D2"/>
     <w:rsid w:val="00144FFF"/>
     <w:rsid w:val="001503CF"/>
+    <w:rsid w:val="0015600E"/>
     <w:rsid w:val="001579A4"/>
     <w:rsid w:val="0016176F"/>
     <w:rsid w:val="001839AD"/>
     <w:rsid w:val="00185F6D"/>
     <w:rsid w:val="001934CB"/>
     <w:rsid w:val="00195F90"/>
     <w:rsid w:val="001A1800"/>
     <w:rsid w:val="001B6FAF"/>
     <w:rsid w:val="001C4377"/>
     <w:rsid w:val="001E4CBA"/>
     <w:rsid w:val="001E5A6D"/>
     <w:rsid w:val="001F5CAF"/>
     <w:rsid w:val="001F7671"/>
+    <w:rsid w:val="00207C61"/>
     <w:rsid w:val="002333EF"/>
     <w:rsid w:val="00242646"/>
     <w:rsid w:val="002476D1"/>
+    <w:rsid w:val="00250534"/>
     <w:rsid w:val="002617F9"/>
     <w:rsid w:val="002773AE"/>
     <w:rsid w:val="00280367"/>
     <w:rsid w:val="00290E6C"/>
     <w:rsid w:val="00292025"/>
     <w:rsid w:val="002A7C84"/>
     <w:rsid w:val="002B0A78"/>
+    <w:rsid w:val="002B5F07"/>
     <w:rsid w:val="002D274B"/>
     <w:rsid w:val="002D3AAC"/>
     <w:rsid w:val="002D50A6"/>
     <w:rsid w:val="00303CC1"/>
     <w:rsid w:val="003102FB"/>
     <w:rsid w:val="00326B0A"/>
+    <w:rsid w:val="0033680C"/>
     <w:rsid w:val="003555BA"/>
     <w:rsid w:val="00362712"/>
+    <w:rsid w:val="00363C8F"/>
     <w:rsid w:val="003661CE"/>
     <w:rsid w:val="00377440"/>
+    <w:rsid w:val="00391A3F"/>
     <w:rsid w:val="003B42EE"/>
     <w:rsid w:val="003C14C5"/>
     <w:rsid w:val="003C200F"/>
     <w:rsid w:val="003C4157"/>
     <w:rsid w:val="003C4BA2"/>
     <w:rsid w:val="003C4F48"/>
+    <w:rsid w:val="003D0F18"/>
     <w:rsid w:val="003E495D"/>
     <w:rsid w:val="003E50E0"/>
     <w:rsid w:val="003F124B"/>
     <w:rsid w:val="003F1CDB"/>
     <w:rsid w:val="003F474E"/>
     <w:rsid w:val="003F57BA"/>
     <w:rsid w:val="004048B0"/>
     <w:rsid w:val="00416F6A"/>
     <w:rsid w:val="00426642"/>
     <w:rsid w:val="00426E77"/>
     <w:rsid w:val="004354DB"/>
+    <w:rsid w:val="0043657C"/>
     <w:rsid w:val="004415FF"/>
     <w:rsid w:val="00443DD7"/>
     <w:rsid w:val="00456221"/>
     <w:rsid w:val="00461F2A"/>
     <w:rsid w:val="004664BD"/>
     <w:rsid w:val="00467156"/>
     <w:rsid w:val="00472B73"/>
     <w:rsid w:val="00472F53"/>
     <w:rsid w:val="00485418"/>
     <w:rsid w:val="004856EF"/>
     <w:rsid w:val="004923FC"/>
     <w:rsid w:val="004B2C32"/>
+    <w:rsid w:val="004B35FA"/>
     <w:rsid w:val="004C22D3"/>
     <w:rsid w:val="004C592E"/>
     <w:rsid w:val="004F561A"/>
     <w:rsid w:val="004F7AA0"/>
     <w:rsid w:val="005217E0"/>
     <w:rsid w:val="00534A73"/>
     <w:rsid w:val="00546B1B"/>
     <w:rsid w:val="0055033A"/>
     <w:rsid w:val="00551F5E"/>
     <w:rsid w:val="0056661A"/>
     <w:rsid w:val="00575D51"/>
     <w:rsid w:val="005768C3"/>
     <w:rsid w:val="0058767D"/>
+    <w:rsid w:val="00592C51"/>
     <w:rsid w:val="005960E7"/>
     <w:rsid w:val="005A0247"/>
     <w:rsid w:val="005A1127"/>
     <w:rsid w:val="005A11CF"/>
     <w:rsid w:val="005A13B8"/>
     <w:rsid w:val="005A7A3A"/>
     <w:rsid w:val="005B0920"/>
     <w:rsid w:val="005C195D"/>
     <w:rsid w:val="005C1FF4"/>
     <w:rsid w:val="005C5DD4"/>
+    <w:rsid w:val="005C661A"/>
+    <w:rsid w:val="005E6507"/>
     <w:rsid w:val="00604325"/>
     <w:rsid w:val="00606732"/>
     <w:rsid w:val="00615B6F"/>
     <w:rsid w:val="006215AB"/>
+    <w:rsid w:val="00623687"/>
     <w:rsid w:val="00626B68"/>
     <w:rsid w:val="006441ED"/>
     <w:rsid w:val="00645B4F"/>
     <w:rsid w:val="006607BD"/>
     <w:rsid w:val="00665008"/>
     <w:rsid w:val="006A1C41"/>
     <w:rsid w:val="006A2272"/>
     <w:rsid w:val="006A6312"/>
     <w:rsid w:val="006C1157"/>
     <w:rsid w:val="006C3240"/>
     <w:rsid w:val="006C76A5"/>
+    <w:rsid w:val="006E39D9"/>
     <w:rsid w:val="007014F0"/>
     <w:rsid w:val="00713256"/>
     <w:rsid w:val="0074228A"/>
     <w:rsid w:val="0076247B"/>
     <w:rsid w:val="007637F1"/>
     <w:rsid w:val="0076762F"/>
     <w:rsid w:val="00785AE2"/>
+    <w:rsid w:val="00792D4D"/>
     <w:rsid w:val="007A4D6F"/>
     <w:rsid w:val="007B41D1"/>
+    <w:rsid w:val="007B69B4"/>
     <w:rsid w:val="007C148F"/>
     <w:rsid w:val="007C2064"/>
     <w:rsid w:val="007D7AE2"/>
+    <w:rsid w:val="007F22BB"/>
     <w:rsid w:val="008017DF"/>
     <w:rsid w:val="00824874"/>
     <w:rsid w:val="00825D85"/>
     <w:rsid w:val="008276AF"/>
     <w:rsid w:val="00835B92"/>
     <w:rsid w:val="0086321F"/>
     <w:rsid w:val="00866EE7"/>
     <w:rsid w:val="00886583"/>
     <w:rsid w:val="0089013D"/>
     <w:rsid w:val="008A4346"/>
     <w:rsid w:val="008A4E9E"/>
     <w:rsid w:val="008A6040"/>
     <w:rsid w:val="008A61FA"/>
     <w:rsid w:val="008B5235"/>
     <w:rsid w:val="008B5C7E"/>
     <w:rsid w:val="008C0601"/>
     <w:rsid w:val="008C56A1"/>
     <w:rsid w:val="008D2298"/>
     <w:rsid w:val="008E178D"/>
     <w:rsid w:val="008E7671"/>
     <w:rsid w:val="0090097F"/>
+    <w:rsid w:val="009147D4"/>
     <w:rsid w:val="0091730A"/>
     <w:rsid w:val="00917386"/>
     <w:rsid w:val="0092197B"/>
     <w:rsid w:val="00921D96"/>
     <w:rsid w:val="009250C1"/>
+    <w:rsid w:val="00935823"/>
     <w:rsid w:val="00937601"/>
     <w:rsid w:val="00951D89"/>
     <w:rsid w:val="009558C8"/>
     <w:rsid w:val="00961EDA"/>
     <w:rsid w:val="00963203"/>
     <w:rsid w:val="00964B13"/>
     <w:rsid w:val="009805F2"/>
     <w:rsid w:val="00991ECF"/>
     <w:rsid w:val="00992568"/>
     <w:rsid w:val="00997CDA"/>
     <w:rsid w:val="009A1CCB"/>
     <w:rsid w:val="009B5A2D"/>
     <w:rsid w:val="009B656C"/>
     <w:rsid w:val="009D5394"/>
     <w:rsid w:val="009D5FF0"/>
+    <w:rsid w:val="00A016A6"/>
     <w:rsid w:val="00A06AF4"/>
     <w:rsid w:val="00A11CD7"/>
     <w:rsid w:val="00A12DCF"/>
     <w:rsid w:val="00A14AC0"/>
     <w:rsid w:val="00A14CE9"/>
     <w:rsid w:val="00A17185"/>
     <w:rsid w:val="00A20A26"/>
     <w:rsid w:val="00A34D14"/>
     <w:rsid w:val="00A37A6A"/>
     <w:rsid w:val="00A43C00"/>
     <w:rsid w:val="00A533F3"/>
+    <w:rsid w:val="00A73EA9"/>
     <w:rsid w:val="00A75784"/>
     <w:rsid w:val="00A82A00"/>
     <w:rsid w:val="00AA7320"/>
     <w:rsid w:val="00AB38B7"/>
+    <w:rsid w:val="00AB3BDE"/>
     <w:rsid w:val="00AB668E"/>
     <w:rsid w:val="00AC00E6"/>
     <w:rsid w:val="00AC6C3F"/>
     <w:rsid w:val="00AE31CA"/>
     <w:rsid w:val="00AE6293"/>
     <w:rsid w:val="00AF112E"/>
     <w:rsid w:val="00B05A16"/>
     <w:rsid w:val="00B12077"/>
     <w:rsid w:val="00B177B3"/>
     <w:rsid w:val="00B23C35"/>
     <w:rsid w:val="00B26995"/>
     <w:rsid w:val="00B30EF2"/>
     <w:rsid w:val="00B3619D"/>
     <w:rsid w:val="00B4414A"/>
     <w:rsid w:val="00B6161C"/>
     <w:rsid w:val="00B64A26"/>
     <w:rsid w:val="00B65A99"/>
     <w:rsid w:val="00B70124"/>
     <w:rsid w:val="00B73762"/>
+    <w:rsid w:val="00B756D8"/>
     <w:rsid w:val="00B81942"/>
     <w:rsid w:val="00B923FF"/>
     <w:rsid w:val="00BA7BE0"/>
     <w:rsid w:val="00BB0105"/>
     <w:rsid w:val="00BB2B0E"/>
     <w:rsid w:val="00BC1E9B"/>
     <w:rsid w:val="00BC2DD3"/>
     <w:rsid w:val="00BC4A0A"/>
     <w:rsid w:val="00BD5973"/>
     <w:rsid w:val="00C16D55"/>
     <w:rsid w:val="00C26FF7"/>
     <w:rsid w:val="00C333C5"/>
     <w:rsid w:val="00C44C3D"/>
     <w:rsid w:val="00C47FB8"/>
     <w:rsid w:val="00C50796"/>
     <w:rsid w:val="00C50A68"/>
     <w:rsid w:val="00C50DE1"/>
     <w:rsid w:val="00C624B0"/>
     <w:rsid w:val="00C76A51"/>
     <w:rsid w:val="00C77AD9"/>
     <w:rsid w:val="00C81C8D"/>
+    <w:rsid w:val="00C860E3"/>
     <w:rsid w:val="00C86BA2"/>
     <w:rsid w:val="00C935D2"/>
     <w:rsid w:val="00CA60D9"/>
+    <w:rsid w:val="00CC2E00"/>
     <w:rsid w:val="00CD1BCC"/>
     <w:rsid w:val="00CD3B6A"/>
     <w:rsid w:val="00CE1CEB"/>
     <w:rsid w:val="00D009FB"/>
+    <w:rsid w:val="00D051C7"/>
     <w:rsid w:val="00D176B0"/>
     <w:rsid w:val="00D21F34"/>
     <w:rsid w:val="00D22CD7"/>
     <w:rsid w:val="00D27CA4"/>
     <w:rsid w:val="00D45F9D"/>
     <w:rsid w:val="00D62B44"/>
     <w:rsid w:val="00D63CB3"/>
     <w:rsid w:val="00D64133"/>
     <w:rsid w:val="00D808A1"/>
     <w:rsid w:val="00D80FAA"/>
     <w:rsid w:val="00D81DB3"/>
+    <w:rsid w:val="00D8530E"/>
+    <w:rsid w:val="00D86B32"/>
     <w:rsid w:val="00D90471"/>
     <w:rsid w:val="00D920A2"/>
     <w:rsid w:val="00D926FD"/>
     <w:rsid w:val="00D93492"/>
     <w:rsid w:val="00D970FB"/>
     <w:rsid w:val="00DA14A5"/>
     <w:rsid w:val="00DA7F8D"/>
     <w:rsid w:val="00DB327F"/>
     <w:rsid w:val="00DB61D6"/>
+    <w:rsid w:val="00DC3843"/>
     <w:rsid w:val="00DD032D"/>
     <w:rsid w:val="00DD0EC2"/>
     <w:rsid w:val="00DD1BA5"/>
     <w:rsid w:val="00DD7DDC"/>
     <w:rsid w:val="00DE1BF5"/>
     <w:rsid w:val="00DE2FB6"/>
     <w:rsid w:val="00E123B1"/>
     <w:rsid w:val="00E21D36"/>
     <w:rsid w:val="00E240A7"/>
     <w:rsid w:val="00E304E6"/>
     <w:rsid w:val="00E33B54"/>
     <w:rsid w:val="00E424A4"/>
     <w:rsid w:val="00E546C4"/>
+    <w:rsid w:val="00E61903"/>
     <w:rsid w:val="00E66657"/>
     <w:rsid w:val="00E82AD0"/>
     <w:rsid w:val="00E9223F"/>
     <w:rsid w:val="00E966DB"/>
     <w:rsid w:val="00EA04A8"/>
     <w:rsid w:val="00EA4737"/>
     <w:rsid w:val="00ED2E86"/>
+    <w:rsid w:val="00ED3175"/>
     <w:rsid w:val="00ED52F6"/>
     <w:rsid w:val="00EE1117"/>
     <w:rsid w:val="00EE1541"/>
     <w:rsid w:val="00EE1D07"/>
     <w:rsid w:val="00EE4513"/>
     <w:rsid w:val="00F131F7"/>
     <w:rsid w:val="00F14A56"/>
+    <w:rsid w:val="00F16F90"/>
     <w:rsid w:val="00F33068"/>
     <w:rsid w:val="00F36159"/>
     <w:rsid w:val="00F42FB1"/>
     <w:rsid w:val="00F63A44"/>
     <w:rsid w:val="00F6413D"/>
     <w:rsid w:val="00F777F0"/>
     <w:rsid w:val="00F81BFB"/>
     <w:rsid w:val="00F92AB5"/>
+    <w:rsid w:val="00F92D69"/>
     <w:rsid w:val="00F95F03"/>
     <w:rsid w:val="00FA2E77"/>
     <w:rsid w:val="00FA4617"/>
     <w:rsid w:val="00FA4BA8"/>
     <w:rsid w:val="00FA504C"/>
     <w:rsid w:val="00FA603B"/>
     <w:rsid w:val="00FB5561"/>
     <w:rsid w:val="00FC096A"/>
     <w:rsid w:val="00FC3EC6"/>
     <w:rsid w:val="00FF0916"/>
+    <w:rsid w:val="06AB61FD"/>
+    <w:rsid w:val="139D81D5"/>
+    <w:rsid w:val="3E116DF0"/>
+    <w:rsid w:val="416B2BDC"/>
+    <w:rsid w:val="600CFE73"/>
+    <w:rsid w:val="6AC19F12"/>
+    <w:rsid w:val="7C9CE28B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F898ECF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D0457775-6E1C-44C4-B6CB-5348D6E6019A}"/>
+  <w15:docId w15:val="{88BC92E0-B2CA-49F3-904D-C02C59665847}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8869,52 +8581,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8981,59 +8693,59 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00242646"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00242646"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -9043,452 +8755,452 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00242646"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00BB0105"/>
     <w:pPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00BB0105"/>
     <w:pPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D3AAC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002D3AAC"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D3AAC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002D3AAC"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00242646"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00242646"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BB0105"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BB0105"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListstyckeChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002D3AAC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktrubrik1">
+  <w:style w:type="paragraph" w:styleId="Punktrubrik1" w:customStyle="1">
     <w:name w:val="Punktrubrik 1"/>
     <w:basedOn w:val="Liststycke"/>
     <w:link w:val="Punktrubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BB0105"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="320" w:after="80" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punkterabc">
+  <w:style w:type="paragraph" w:styleId="Punkterabc" w:customStyle="1">
     <w:name w:val="Punkter abc"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PunkterabcChar"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="002D3AAC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2018" w:right="476" w:hanging="357"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListstyckeChar">
+  <w:style w:type="character" w:styleId="ListstyckeChar" w:customStyle="1">
     <w:name w:val="Liststycke Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Liststycke"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="002D3AAC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Punktrubrik1Char">
+  <w:style w:type="character" w:styleId="Punktrubrik1Char" w:customStyle="1">
     <w:name w:val="Punktrubrik 1 Char"/>
     <w:basedOn w:val="ListstyckeChar"/>
     <w:link w:val="Punktrubrik1"/>
     <w:rsid w:val="00BB0105"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PunkterabcChar">
+  <w:style w:type="character" w:styleId="PunkterabcChar" w:customStyle="1">
     <w:name w:val="Punkter abc Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Punkterabc"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002D3AAC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BB0105"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00362712"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00362712"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E82AD0"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E82AD0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00426642"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00426642"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00426642"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00426642"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00426642"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00426642"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA603B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="83772884">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="615252855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9556,114 +9268,113 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1818061675">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uka.se/vara-resultat/statistik/flikar/information-om-statistiken?plusbox=12_16cf0f8c1849df466228bb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uka.se/vara-resultat/statistik/flikar/information-om-statistiken?plusbox=12_16cf0f8c1849df466228bb" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId22" /></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://dalarnauniversity.sharepoint.com/sites/OrganisationalAssets/OfficeTemplates/Staff/PM.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="55CACC30BB404A789ED269669EA819EC"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BEDD42CD-77C3-4616-B8B3-0DFB74513772}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00ED3175" w:rsidRDefault="00ED3175">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00ED3175" w:rsidRDefault="00ED3175" w14:paraId="5E7C322D" wp14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="55CACC30BB404A789ED269669EA819EC"/>
           </w:pPr>
           <w:r w:rsidRPr="00A82A00">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               <w:color w:val="7030A0"/>
             </w:rPr>
             <w:t xml:space="preserve">Ange </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               <w:color w:val="7030A0"/>
             </w:rPr>
             <w:t>dokumenttitel</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9707,107 +9418,115 @@
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00ED3175"/>
     <w:rsid w:val="00015325"/>
+    <w:rsid w:val="000E7079"/>
     <w:rsid w:val="002008E3"/>
+    <w:rsid w:val="00290DF2"/>
+    <w:rsid w:val="002B5F07"/>
     <w:rsid w:val="003E495D"/>
+    <w:rsid w:val="005E6507"/>
     <w:rsid w:val="006A566D"/>
     <w:rsid w:val="006F215C"/>
     <w:rsid w:val="00754E8E"/>
     <w:rsid w:val="00922090"/>
+    <w:rsid w:val="00935823"/>
     <w:rsid w:val="00A57B17"/>
+    <w:rsid w:val="00AC6426"/>
+    <w:rsid w:val="00B756D8"/>
     <w:rsid w:val="00B923FF"/>
     <w:rsid w:val="00C1163C"/>
     <w:rsid w:val="00C85C00"/>
     <w:rsid w:val="00D63CB3"/>
+    <w:rsid w:val="00D75F01"/>
     <w:rsid w:val="00EC5054"/>
     <w:rsid w:val="00ED3175"/>
     <w:rsid w:val="00EF78EA"/>
     <w:rsid w:val="00F43ED1"/>
     <w:rsid w:val="00F95F03"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10206,58 +9925,58 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="55CACC30BB404A789ED269669EA819EC">
     <w:name w:val="55CACC30BB404A789ED269669EA819EC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -10524,220 +10243,222 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="6c164d4a-d6c9-455f-8fc3-45f91cef1803"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C81BC7EE8E93D44AA128FA0616CE348" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cad75baa4fa39a027f38e500dda73b6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="de8a848b-48ea-4afe-a42e-71140ade12d6" xmlns:ns3="011fcfff-f891-43c3-99dc-7743dce0f43f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fb84b329843a8b686b0f7a7adc067024" ns2:_="" ns3:_="">
+    <xsd:import namespace="de8a848b-48ea-4afe-a42e-71140ade12d6"/>
+    <xsd:import namespace="011fcfff-f891-43c3-99dc-7743dce0f43f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:BeHDa_Sorteringsordning" minOccurs="0"/>
-[...11 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:versionshantering" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd72e6be-13ae-43da-a38a-232b29a04746" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de8a848b-48ea-4afe-a42e-71140ade12d6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="BeHDa_Sorteringsordning" ma:index="8" nillable="true" ma:displayName="Sorteringsordning" ma:internalName="BeHDa_Sorteringsordning">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="versionshantering" ma:index="15" nillable="true" ma:displayName="versionshantering" ma:internalName="versionshantering">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="p6f9e56d757b45a6bde4de29e723f0d7" ma:index="10" nillable="true" ma:taxonomy="true" ma:internalName="p6f9e56d757b45a6bde4de29e723f0d7" ma:taxonomyFieldName="BeHDa_Dokumenttyp_Tax" ma:displayName="Dokumenttyp" ma:fieldId="{96f9e56d-757b-45a6-bde4-de29e723f0d7}" ma:sspId="2e8987a6-c1bb-4d45-96f2-f973512b71dc" ma:termSetId="5af78825-a386-4dfb-bc4b-2d98dcef38c9" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2e8987a6-c1bb-4d45-96f2-f973512b71dc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="11" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{37ff780b-9477-4a89-90ef-0aea95e6e40c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bd72e6be-13ae-43da-a38a-232b29a04746">
-[...10 lines deleted...]
-    <xsd:element name="BeHDa_Dokumenttyp" ma:index="14" nillable="true" ma:displayName="Dokumenttyp gammal" ma:internalName="BeHDa_Dokumenttyp">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...5 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BeHDa_Diarienummer" ma:index="15" nillable="true" ma:displayName="Diarienummer" ma:internalName="BeHDa_Diarienummer">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BeHDa_Beslutsdatum" ma:index="16" nillable="true" ma:displayName="Beslutsdatum" ma:internalName="BeHDa_Beslutsdatum">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:DateTime"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BeHDa_Ursprungswebb" ma:index="18" nillable="true" ma:displayName="Ursprungswebb" ma:internalName="BeHDa_Ursprungswebb">
-[...11 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="011fcfff-f891-43c3-99dc-7743dce0f43f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...21 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5f1b7e07-a951-4f9a-b05b-e9a70c9ce2cb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="011fcfff-f891-43c3-99dc-7743dce0f43f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -10795,130 +10516,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="011fcfff-f891-43c3-99dc-7743dce0f43f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="de8a848b-48ea-4afe-a42e-71140ade12d6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <versionshantering xmlns="de8a848b-48ea-4afe-a42e-71140ade12d6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75EE97D3-EB0B-4FFB-A3D0-B2B9497E56BD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E11AC49D-09D9-46C1-B148-D8AEBBD9AD27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F0C980-006F-4F4D-BFC7-34FBBE6D8801}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51396A62-AB85-4F6E-9D98-87F14F5CE8D0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{830E3EF8-422A-4708-89EA-A5AA58B41D12}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="011fcfff-f891-43c3-99dc-7743dce0f43f"/>
+    <ds:schemaRef ds:uri="de8a848b-48ea-4afe-a42e-71140ade12d6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>PM</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Anvisningar och mall för ansökan om inrättande av ämne</dc:title>
   <dc:subject/>
   <dc:creator>Linda Vixner (HDa)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100EC6DC03A30C9D14D936E958178E7510F</vt:lpwstr>
+    <vt:lpwstr>0x0101004C81BC7EE8E93D44AA128FA0616CE348</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Avdelning">
     <vt:lpwstr>1;#Rektors kansli, Högskoleförvaltning|768082ca-1a28-4983-90b4-5f5975ab10e2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Dokumenttyp0">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Ansvarig avdelning">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="BeHDa_Dokumenttyp_Tax">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>