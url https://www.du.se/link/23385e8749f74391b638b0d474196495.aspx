--- v0 (2025-10-28)
+++ v1 (2026-01-16)
@@ -1,175 +1,756 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1225" w:tblpY="761"/>
+        <w:tblW w:w="9497" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4931"/>
+        <w:gridCol w:w="4566"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="00AC6ECD" w14:paraId="13070618" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="036C11A9" w14:textId="77777777" w:rsidR="00135D64" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+                <w:tab w:val="clear" w:pos="9072"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41ADF8AE" w14:textId="77777777" w:rsidR="00135D64" w:rsidRDefault="00135D64" w:rsidP="00135D64">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68E80FEE" w14:textId="4A2A0F9D" w:rsidR="00135D64" w:rsidRPr="00135D64" w:rsidRDefault="00135D64" w:rsidP="00135D64">
+            <w:r w:rsidRPr="00E47E54">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="4AA5E329" wp14:editId="4225EECF">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="margin">
+                    <wp:posOffset>57150</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="page">
+                    <wp:posOffset>322580</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="838200" cy="899795"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="2075906103" name="Bildobjekt 2075906103">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="64" name="Bildobjekt 64">
+                            <a:extLst>
+                              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="838200" cy="899795"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
+                              <ma14:placeholderFlag xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="29B800E4" w14:textId="7CFEFE3C" w:rsidR="00135D64" w:rsidRPr="003D6E7F" w:rsidRDefault="00135D64" w:rsidP="31C5F02F">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="31C5F02F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anvisningar och mall för ansökan om inrättande av </w:t>
+            </w:r>
+            <w:r w:rsidR="520457FA" w:rsidRPr="31C5F02F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>utbildningsprogram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="007170B6" w14:paraId="4C90DECB" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0F818357" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="7698520E" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="00E47E54" w14:paraId="7CF519EB" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBFE763" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="191CB269" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3619D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="008B443B" w14:paraId="623EF442" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="61F039EA" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="57EAB56D" w14:textId="5E154A79" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="auto"/>
+                </w:rPr>
+                <w:alias w:val="Mötesdatum"/>
+                <w:tag w:val="Mötesdatum"/>
+                <w:id w:val="1699353860"/>
+                <w:date w:fullDate="2025-12-17T00:00:00Z">
+                  <w:dateFormat w:val="yyyy-MM-dd"/>
+                  <w:lid w:val="sv-SE"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00135D64">
+                  <w:rPr>
+                    <w:color w:val="auto"/>
+                  </w:rPr>
+                  <w:t>2025-12-17</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="00E47E54" w14:paraId="01C36822" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="242D63C4" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="7C591D3B" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="00E47E54" w14:paraId="04EC4BF5" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="407E9208" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="52B500CB" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="003D6E7F" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D6E7F">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>C 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>24/492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="008B443B" w14:paraId="002068EB" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="782AB22B" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1902165B" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00B3619D" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+                <w:tab w:val="clear" w:pos="9072"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="00E47E54" w14:paraId="32DA2FE4" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7665BA43" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00E47E54" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="37A793B4" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00E47E54" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="00E47E54" w14:paraId="4D6C3AD8" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="776C0CF3" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00E47E54" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="0739BF4A" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00E47E54" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00135D64" w:rsidRPr="008B443B" w14:paraId="613662E5" w14:textId="77777777" w:rsidTr="31C5F02F">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1A5CD1" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="00E47E54" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4566" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="2A678A6E" w14:textId="77777777" w:rsidR="00135D64" w:rsidRPr="008B443B" w:rsidRDefault="00135D64">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+              </w:tabs>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="5AB02E14" w14:textId="46EC8322" w:rsidR="00C16D55" w:rsidRDefault="00C16D55" w:rsidP="00C16D55"/>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Dokumenttitel"/>
         <w:tag w:val="Dokumenttitel"/>
         <w:id w:val="-2128619653"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="55CACC30BB404A789ED269669EA819EC"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="33E48960" w14:textId="6BE2D6CC" w:rsidR="00A20A26" w:rsidRPr="00DF6B54" w:rsidRDefault="00757369" w:rsidP="002D3AAC">
           <w:pPr>
             <w:pStyle w:val="Rubrik1"/>
           </w:pPr>
           <w:r w:rsidRPr="00DF6B54">
             <w:t>Anvisningar och mall för ansökan om inrättande av utbildningsprogram,</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> inklusive</w:t>
           </w:r>
           <w:r w:rsidRPr="00DF6B54">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">inrättande av </w:t>
           </w:r>
           <w:r w:rsidRPr="00DF6B54">
             <w:t>inriktning inom specialistsjuksköterskeexamen och teknikområde inom högskoleingenjörsexamen</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3D7EE95D" w14:textId="77777777" w:rsidR="00E82AD0" w:rsidRDefault="00E82AD0" w:rsidP="00E82AD0">
-[...4 lines deleted...]
-    <w:p w14:paraId="295913CD" w14:textId="7E64D355" w:rsidR="00757369" w:rsidRPr="0061076D" w:rsidRDefault="00757369" w:rsidP="0061076D">
+    <w:p w14:paraId="295913CD" w14:textId="799A305B" w:rsidR="00757369" w:rsidRPr="0061076D" w:rsidRDefault="00757369" w:rsidP="0061076D">
       <w:r w:rsidRPr="0061076D">
         <w:t>Processen vid ansökan om inrättande av utbildningsprogram</w:t>
       </w:r>
       <w:r w:rsidR="00874F09" w:rsidRPr="0061076D">
         <w:t xml:space="preserve"> inklusive inrättande av inriktning inom specialistsjuksköterskeexamen och teknikområde inom högskoleingenjörsexamen </w:t>
       </w:r>
       <w:r w:rsidRPr="0061076D">
         <w:t xml:space="preserve">finns beskriven i </w:t>
       </w:r>
       <w:r w:rsidR="0061076D" w:rsidRPr="0061076D">
-        <w:t xml:space="preserve">Regler för inrättande och nedläggning av ämne, huvudområde, yrkesexamen och utbildningsprogram på grundnivå och avancerad nivå C 2024/414. </w:t>
+        <w:t>Regler för inrättande och nedläggning av ämne</w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:t>n och utbildningar</w:t>
+      </w:r>
+      <w:r w:rsidR="0061076D" w:rsidRPr="0061076D">
+        <w:t xml:space="preserve"> C 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0061076D" w:rsidRPr="0061076D">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:t>2317</w:t>
+      </w:r>
+      <w:r w:rsidR="0061076D" w:rsidRPr="0061076D">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0061076D">
         <w:t>Innan arbetet med att ansöka om inrättande av</w:t>
       </w:r>
       <w:r w:rsidR="005A4FA8">
         <w:t xml:space="preserve"> utbildningsprogram</w:t>
       </w:r>
       <w:r w:rsidRPr="0061076D">
-        <w:t xml:space="preserve"> ska kontakt tas med UFN:s nämnd</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6160">
+        <w:t xml:space="preserve">påbörjas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061076D">
+        <w:t>ska kontakt tas med</w:t>
+      </w:r>
+      <w:r w:rsidR="007366B1">
+        <w:t xml:space="preserve"> verksamhetsstödet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061076D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007366B1">
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0061076D">
-        <w:t xml:space="preserve">stöd </w:t>
-[...13 lines deleted...]
-        <w:t>Nämndstödet</w:t>
+        <w:t>tödet</w:t>
       </w:r>
       <w:r w:rsidRPr="0061076D">
         <w:t xml:space="preserve"> ger råd både när det gäller processen för inrättande och framställningen av ansökan enligt mallen nedan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595977BD" w14:textId="30BC44C4" w:rsidR="00757369" w:rsidRPr="0061076D" w:rsidRDefault="00757369" w:rsidP="00CA16BC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0061076D">
         <w:t>De bedömningsområden och bedömningsgrunder som ska anges i ansökan finns beskrivna i detta dokument. Här finns även anvisningar som ger vägledning till vilken information som efterfrågas för den specifika bedömningsgrunden. Dokumentet utgör också mall för ansökan</w:t>
       </w:r>
       <w:r w:rsidR="003C0E0D">
         <w:t xml:space="preserve"> samt vägledning för de sakkunniga som ska bedöma ansökan</w:t>
       </w:r>
       <w:r w:rsidR="003C0E0D" w:rsidRPr="003F124B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58536673" w14:textId="5FFD4219" w:rsidR="00757369" w:rsidRPr="00EB2A4D" w:rsidRDefault="00757369" w:rsidP="00757369">
+    <w:p w14:paraId="58536673" w14:textId="44A1E0EF" w:rsidR="00757369" w:rsidRPr="00EB2A4D" w:rsidRDefault="00757369" w:rsidP="00757369">
       <w:r w:rsidRPr="0061076D">
-        <w:t xml:space="preserve">De bedömningsgrunder som ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd är markerade i anvisningarna. En översikt finns i </w:t>
+        <w:t xml:space="preserve">De bedömningsgrunder som ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061076D">
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6160">
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061076D">
+        <w:t xml:space="preserve"> är markerade i anvisningarna. En översikt finns i </w:t>
       </w:r>
       <w:r w:rsidR="0061076D" w:rsidRPr="00CA4A5C">
-        <w:t>Regler för inrättande och nedläggning av ämne, huvudområde, yrkesexamen och utbildningsprogram på grundnivå och avancerad nivå C 2024/414</w:t>
+        <w:t xml:space="preserve">Regler för inrättande och nedläggning av </w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:t>ämnen och utbildningar</w:t>
+      </w:r>
+      <w:r w:rsidR="0061076D" w:rsidRPr="00CA4A5C">
+        <w:t xml:space="preserve"> C 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0061076D" w:rsidRPr="00CA4A5C">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:t>2371</w:t>
       </w:r>
       <w:r w:rsidRPr="0061076D">
-        <w:t xml:space="preserve">. Efter samrådet i rektors ledningsråd beslutar rektor om ansökan ska </w:t>
+        <w:t>. Efter samrådet i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6160">
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061076D">
+        <w:t xml:space="preserve"> beslutar rektor om ansökan ska </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:t>beredas vidare i sin helhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B45919A" w14:textId="5E5F503F" w:rsidR="00E82AD0" w:rsidRPr="00EB2A4D" w:rsidRDefault="00B81942" w:rsidP="00B73762">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Inledande information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B28A074" w14:textId="77777777" w:rsidR="00B73762" w:rsidRPr="00EB2A4D" w:rsidRDefault="00B73762" w:rsidP="00B73762">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
@@ -251,114 +832,154 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4690" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F845099" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w:rsidRDefault="00AE6293" w:rsidP="00E82AD0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w14:paraId="6C741E10" w14:textId="77777777" w:rsidTr="00AE6293">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="734D376F" w14:textId="7782DCB1" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00757369">
+          <w:p w14:paraId="734D376F" w14:textId="32FFE581" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00757369">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ansökan avser</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ange om ansökan avser utbildningsprogram enbart, eller även inrättande av inriktning inom specialistsjuksköterskeexamen, alt.  teknikområde inom högskoleingenjörsexamen alt. högskoleexamen</w:t>
+              <w:t xml:space="preserve">Ange om ansökan avser </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6160" w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">enbart </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>utbildningsprogram, eller även inrättande av inriktning inom specialistsjuksköterskeexamen, alt.  teknikområde inom högskoleingenjörsexamen</w:t>
+            </w:r>
+            <w:r w:rsidR="002B793C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> alt. högskoleexamen</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6160">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4690" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="745498BA" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00E82AD0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w14:paraId="0BDA9EB9" w14:textId="77777777" w:rsidTr="00AE6293">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11965701" w14:textId="524D24C5" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00757369">
+          <w:p w14:paraId="11965701" w14:textId="116E2B4F" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00757369">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ska ny</w:t>
             </w:r>
             <w:r w:rsidR="0061076D" w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -372,50 +993,58 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>inrättas?</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ansökan för detta görs enligt separata anvisningar</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6160">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4690" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F946B06" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00E82AD0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7AF7E097" w14:textId="126FF898" w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w:rsidRDefault="004C22D3" w:rsidP="00AE6293">
       <w:r w:rsidRPr="00EB2A4D">
         <w:br w:type="page"/>
       </w:r>
@@ -594,760 +1223,759 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w14:paraId="6178224E" w14:textId="77777777" w:rsidTr="00C15EC5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B71E37A" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B308D64" w14:textId="528A5458" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
+          <w:p w14:paraId="7B308D64" w14:textId="4A801F82" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Ansvarigt ämne för </w:t>
             </w:r>
             <w:r w:rsidR="00874F09" w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>utbildningsprogrammet</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> är föreslaget</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6160">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10AD3FE0" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w14:paraId="79374C5E" w14:textId="77777777" w:rsidTr="00C15EC5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58C8F170" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FE32D21" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Namnet (både på svenska och engelska) speglar utbildningsprogrammets innehåll och är hållbart över längre tid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="394723DB" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w14:paraId="522B577C" w14:textId="77777777" w:rsidTr="00C15EC5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59799ABF" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2932811B" w14:textId="740DF9B7" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ej tillämpbar vid ansökan om inrättande av utbildningsprogram</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="118FBBFB" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w14:paraId="79ABCE02" w14:textId="77777777" w:rsidTr="00C15EC5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63C81EF0" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F57D6CD" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>En beskrivning av utbildningsprogrammets innehåll visar att innehållet har en rimlig omfattning och djup samt är väl avgränsat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37D82262" w14:textId="77777777" w:rsidR="00C15EC5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C15EC5" w:rsidP="00C15EC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w14:paraId="751AD991" w14:textId="77777777" w:rsidTr="00C15EC5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F0B1CB6" w14:textId="77777777" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="785940DD" w14:textId="190C1669" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ej tillämpbar vid ansökan om inrättande av utbildningsprogram</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="131A5AD2" w14:textId="77777777" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w14:paraId="3810D31F" w14:textId="77777777" w:rsidTr="00C15EC5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DE08F71" w14:textId="7B916936" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="003718DD" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEBB79F" w14:textId="0E41E361" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="003718DD" w:rsidP="00FD6783">
+          <w:p w14:paraId="3AEBB79F" w14:textId="3045A5B4" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="003718DD" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns en angivelse om planerat antal studenter</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6160">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FF012DE" w14:textId="4D3666E6" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="003718DD" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w14:paraId="6E5AEED4" w14:textId="77777777" w:rsidTr="0061076D">
         <w:trPr>
           <w:trHeight w:val="901"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2219811F" w14:textId="4B68A52B" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
@@ -1356,177 +1984,207 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
             <w:r w:rsidR="003718DD" w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="477B3609" w14:textId="5F3789C2" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
+          <w:p w14:paraId="477B3609" w14:textId="209A80EA" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Utbildningsprogrammet har en relevant examen (kan innefatta både generell examen samt yrkesexamen) i relation till dess innehåll och kunskapsnivå. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Om ny</w:t>
             </w:r>
             <w:r w:rsidR="0061076D" w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">tt huvudområde </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">ska inrättas görs ansökan för </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0061076D" w:rsidRPr="00EB2A4D">
+              <w:t xml:space="preserve">ska inrättas görs ansökan </w:t>
+            </w:r>
+            <w:r w:rsidR="007366B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">detta </w:t>
+              <w:t>om</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0061076D" w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">detta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
               <w:t>enligt separata anvisningar</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6160">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CD4E4D0" w14:textId="77777777" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w14:paraId="3608D879" w14:textId="77777777" w:rsidTr="00C15EC5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3189311B" w14:textId="61D85A0B" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
@@ -1535,149 +2193,205 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
             <w:r w:rsidR="003718DD" w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="772D9679" w14:textId="77777777" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
+          <w:p w14:paraId="772D9679" w14:textId="68C5E53A" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk155106289"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Om utbildningsprogrammet ger examen i huvudområde som är del av ett område för masterexamen där högskolan har examenstillstånd ska utbildningsprogrammets innehåll vara relevant för definitionen för aktuellt område för examenstillståndet.</w:t>
+              <w:t>Om utbildningsprogrammet ger examen i huvudområde som är del av ett område för masterexamen</w:t>
+            </w:r>
+            <w:r w:rsidR="007366B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> där högskolan har examenstillstånd</w:t>
+            </w:r>
+            <w:r w:rsidR="007366B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ska utbildningsprogrammets innehåll vara relevant för definitionen för aktuellt område för examenstillståndet.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2AF28C9B" w14:textId="77777777" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="366EDD45" w14:textId="77777777" w:rsidR="004C22D3" w:rsidRPr="00EB2A4D" w:rsidRDefault="004C22D3" w:rsidP="00B73762">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7201DC7C" w14:textId="19065EDE" w:rsidR="00874F09" w:rsidRPr="00EB2A4D" w:rsidRDefault="00874F09" w:rsidP="00874F09">
+    <w:p w14:paraId="7201DC7C" w14:textId="72939C80" w:rsidR="00874F09" w:rsidRPr="00EB2A4D" w:rsidRDefault="00874F09" w:rsidP="00874F09">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bedömningsgrunderna </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
+      <w:r w:rsidR="007366B1" w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.1–1.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="007366B1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C748897" w14:textId="77777777" w:rsidR="00874F09" w:rsidRPr="00EB2A4D" w:rsidRDefault="00874F09" w:rsidP="00874F09">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 1.1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA8F953" w14:textId="1925C1B9" w:rsidR="00874F09" w:rsidRPr="00EB2A4D" w:rsidRDefault="00874F09" w:rsidP="00874F09">
       <w:r w:rsidRPr="00EB2A4D">
         <w:t>Ansvarigt ämne för utbildningsprogrammet är föreslaget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5094A81A" w14:textId="38240DDB" w:rsidR="00874F09" w:rsidRPr="00EB2A4D" w:rsidRDefault="00874F09" w:rsidP="00874F09">
       <w:pPr>
@@ -1850,119 +2564,125 @@
         </w:rPr>
         <w:t>Bedömningsgrund 1.2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4952C08C" w14:textId="194FA113" w:rsidR="00874F09" w:rsidRPr="0061076D" w:rsidRDefault="00874F09" w:rsidP="00874F09">
       <w:r w:rsidRPr="0061076D">
         <w:t>Namnet (både på svenska och engelska) speglar utbildningsprogrammets innehåll och är hållbart över längre tid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E1D747" w14:textId="4B322254" w:rsidR="00874F09" w:rsidRPr="0061076D" w:rsidRDefault="00874F09" w:rsidP="00874F09">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061076D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A138091" w14:textId="20DD7089" w:rsidR="00C15EC5" w:rsidRPr="0061076D" w:rsidRDefault="00C15EC5" w:rsidP="009B388F">
+    <w:p w14:paraId="2A138091" w14:textId="20DD7089" w:rsidR="00C15EC5" w:rsidRPr="00F66C9A" w:rsidRDefault="00C15EC5" w:rsidP="009B388F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061076D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange förslag till programnamn samt engelsk översättning. </w:t>
       </w:r>
       <w:r w:rsidR="009B388F" w:rsidRPr="0061076D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Se Anvisningar för programnamn vid Högskolan Dalarna C2023/947 för hur programnamn ska konstr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B90DCD">
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidR="009B388F" w:rsidRPr="00F66C9A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Anvisningar för programnamn vid Högskolan Dalarna C2023/947 för hur programnamn ska konstr</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90DCD" w:rsidRPr="00F66C9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="009B388F" w:rsidRPr="0061076D">
+      <w:r w:rsidR="009B388F" w:rsidRPr="00F66C9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>eras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4A3CDE" w14:textId="77777777" w:rsidR="00112A62" w:rsidRDefault="00C15EC5" w:rsidP="0058109B">
+    <w:p w14:paraId="1F4A3CDE" w14:textId="77777777" w:rsidR="00112A62" w:rsidRPr="00F66C9A" w:rsidRDefault="00C15EC5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00112A62">
+      <w:r w:rsidRPr="00F66C9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Programnamnet regleras formellt i utbildnings</w:t>
       </w:r>
-      <w:r w:rsidRPr="00112A62">
+      <w:r w:rsidRPr="00F66C9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>planen. Detta innebär att det slutgiltiga beslutet om namnet fattas relativt sent i processen. Det är dock viktigt att namnfrågan uppmärk</w:t>
       </w:r>
-      <w:r w:rsidRPr="00112A62">
+      <w:r w:rsidRPr="00F66C9A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t xml:space="preserve">sammas i ett tidigt skede och att det namnförslag som lämnas i ansökan är väl genomtänkt och avstämt med avdelningen för kommunikation och potentiella studenter. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11606DB5" w14:textId="77777777" w:rsidR="00112A62" w:rsidRDefault="00112A62" w:rsidP="00112A62">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D946BAB" w14:textId="337E5A71" w:rsidR="00874F09" w:rsidRPr="00112A62" w:rsidRDefault="00874F09" w:rsidP="00112A62">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2078,140 +2798,160 @@
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Det finns en angivelse om planerat antal studenter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09544FF4" w14:textId="77777777" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="003718DD" w:rsidP="003718DD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028C031C" w14:textId="7181359A" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="003718DD" w:rsidP="003718DD">
+    <w:p w14:paraId="028C031C" w14:textId="76E4B68F" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="003718DD" w:rsidP="003718DD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange antal studenter som planeras att antas initialt. Ange också förväntat antal studenter inom en period om </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007366B1" w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1–3</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505FF6E1" w14:textId="21FA465C" w:rsidR="003718DD" w:rsidRPr="00EB2A4D" w:rsidRDefault="00112A62" w:rsidP="003718DD">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="003718DD" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7554AD" w14:textId="24A06E45" w:rsidR="0063205B" w:rsidRPr="00EB2A4D" w:rsidRDefault="0063205B" w:rsidP="0063205B">
+    <w:p w14:paraId="2A7554AD" w14:textId="17C2A1D7" w:rsidR="0063205B" w:rsidRPr="00EB2A4D" w:rsidRDefault="0063205B" w:rsidP="0063205B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 1.</w:t>
       </w:r>
       <w:r w:rsidR="00663354" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Utbildningsprogrammet har en relevant examen (kan innefatta både generell examen samt yrkesexamen) i relation till dess innehåll och kunskapsnivå. </w:t>
+        <w:t xml:space="preserve">Utbildningsprogrammet har en relevant examen (kan innefatta både generell examen </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>och</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yrkesexamen) i relation till dess innehåll och kunskapsnivå. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Om ny</w:t>
       </w:r>
       <w:r w:rsidR="0061076D" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">tt huvudområde </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
@@ -2346,51 +3086,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Om utbildningsprogrammet ger examen i huvudområde som är del av ett område för masterexamen där högskolan har examenstillstånd ska utbildningsprogrammets innehåll vara relevant för definitionen för aktuellt område för examenstillståndet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3758E8F9" w14:textId="68EE6FF9" w:rsidR="0063205B" w:rsidRPr="00EB2A4D" w:rsidRDefault="0063205B" w:rsidP="0063205B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A9DCAC" w14:textId="58F1B881" w:rsidR="00B73762" w:rsidRPr="00112A62" w:rsidRDefault="002F552D" w:rsidP="00E8261E">
+    <w:p w14:paraId="56A9DCAC" w14:textId="58F1B881" w:rsidR="00B73762" w:rsidRPr="00112A62" w:rsidRDefault="002F552D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv hur innehållet i programmet relaterar till definitionen för aktuellt område för masterexamen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609C0D32" w14:textId="77777777" w:rsidR="00112A62" w:rsidRPr="00112A62" w:rsidRDefault="00112A62" w:rsidP="00112A62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2625,171 +3365,192 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w14:paraId="7CEDAA6E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65801AF5" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w:rsidRDefault="00AE6293">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E9702EA" w14:textId="2D45C65B" w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w:rsidRDefault="002F552D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk155106570"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns ett behov av att inrätta utbildningsprogrammet vid Högskolan Dalarna, relaterat till institutionens och lärosätets utbildningsutbud samt till högskolans strategi.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0257CA04" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w:rsidRDefault="00AE6293">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FC4F523" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w:rsidRDefault="00AE6293" w:rsidP="00E82AD0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="069DCF66" w14:textId="77777777" w:rsidR="0063205B" w:rsidRPr="00EB2A4D" w:rsidRDefault="0063205B" w:rsidP="0063205B">
-[...9 lines deleted...]
-        <w:t>Bedömningsgrund 2.1 ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
+    <w:p w14:paraId="069DCF66" w14:textId="0DE54DE3" w:rsidR="0063205B" w:rsidRPr="00EB2A4D" w:rsidRDefault="0063205B" w:rsidP="0063205B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bedömningsgrund 2.1 ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="007366B1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2A2856" w14:textId="77777777" w:rsidR="0063205B" w:rsidRPr="00EB2A4D" w:rsidRDefault="0063205B" w:rsidP="0063205B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 2.1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7451F12A" w14:textId="4DFA593B" w:rsidR="0063205B" w:rsidRPr="00EB2A4D" w:rsidRDefault="0063205B" w:rsidP="00E82AD0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:t>Det finns ett behov av att inrätta utbildningsprogrammet vid Högskolan Dalarna, relaterat till institutionens och lärosätets utbildningsutbud samt till högskolans strategi.</w:t>
       </w:r>
@@ -2800,121 +3561,143 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481B8F22" w14:textId="5F73D665" w:rsidR="002F552D" w:rsidRPr="00EB2A4D" w:rsidRDefault="002F552D" w:rsidP="002F552D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EB2A4D">
+      <w:r>
         <w:t xml:space="preserve">Beskriv hur utbildningsprogrammet passar in i institutionens och </w:t>
       </w:r>
-      <w:r w:rsidR="005A4FA8" w:rsidRPr="00EB2A4D">
+      <w:r w:rsidR="005A4FA8">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB2A4D">
+      <w:r>
         <w:t xml:space="preserve">ögskolans utbildningsutbud samt </w:t>
       </w:r>
-      <w:r w:rsidR="00757369" w:rsidRPr="00EB2A4D">
+      <w:r w:rsidR="00757369">
         <w:t xml:space="preserve">hur det relaterar </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB2A4D">
+      <w:r>
         <w:t xml:space="preserve">till </w:t>
       </w:r>
-      <w:r w:rsidR="00DE298C" w:rsidRPr="00EB2A4D">
+      <w:r w:rsidR="00DE298C">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB2A4D">
+      <w:r>
         <w:t>ögskolans strategi. Ge även en samlad beskrivning, gärna schematisk, av institutionens utbildningar och hur de relaterar till varandra.</w:t>
       </w:r>
-      <w:r w:rsidR="00757369" w:rsidRPr="00EB2A4D">
+      <w:r w:rsidR="00757369">
         <w:t xml:space="preserve"> I den schematiska beskrivningen ska det föreslagna utbildningsprogrammet ingå.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644EE2B7" w14:textId="28CFE6A8" w:rsidR="002F552D" w:rsidRPr="00EB2A4D" w:rsidRDefault="002F552D" w:rsidP="002F552D">
+    <w:p w14:paraId="1C2A3060" w14:textId="5A8D97F5" w:rsidR="7E479178" w:rsidRDefault="7E479178" w:rsidP="56A408CC">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk154828054"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="71611DCB" w14:textId="42164795" w:rsidR="00112A62" w:rsidRDefault="002F552D" w:rsidP="00112A62">
+      <w:r>
+        <w:t xml:space="preserve">Beskriv om det finns potential till samarbeten med andra lärosäten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644EE2B7" w14:textId="28CFE6A8" w:rsidR="002F552D" w:rsidRPr="00EB2A4D" w:rsidRDefault="002F552D" w:rsidP="002F552D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EB2A4D">
-        <w:t>Ange om programmet ersätter något som idag finns vid lärosätet och i så fall hur övergång planeras ske.</w:t>
+      <w:bookmarkStart w:id="2" w:name="_Hlk154828054"/>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t xml:space="preserve">Utbildningsprogrammets relation till eventuella program med liknande eller överlappande innehåll vid institutionen och övriga </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE298C" w:rsidRPr="00EB2A4D">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t>ögskolan ska framgå av beskrivningen</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk154827954"/>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t>Om programmet tydligt relaterar till utbildning vid andra institutioner ska särskilt samråd ske med berörd institution. Att samråd är genomfört ska framgå av texten.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="71611DCB" w14:textId="6FED7D3F" w:rsidR="00112A62" w:rsidRDefault="002F552D" w:rsidP="00112A62">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5175"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t xml:space="preserve">Ange om programmet ersätter något </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6160">
+        <w:t xml:space="preserve">program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t>som idag finns vid lärosätet och i så fall hur övergång planeras ske.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003F405F" w14:textId="77777777" w:rsidR="00112A62" w:rsidRPr="00EB2A4D" w:rsidRDefault="00112A62" w:rsidP="00112A62">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E478AE1" w14:textId="73818E27" w:rsidR="00AE6293" w:rsidRPr="00EB2A4D" w:rsidRDefault="00AE6293" w:rsidP="00B177B3">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B72662" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRDefault="00B177B3" w:rsidP="00B177B3">
@@ -3050,75 +3833,51 @@
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6293">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Lärarkapacitet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6293">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> och </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6293">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>lärarkompetens</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6293">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -3155,165 +3914,186 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE6293" w:rsidRPr="00AE6293" w14:paraId="6A3C60AB" w14:textId="77777777" w:rsidTr="00AE6293">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57A5D232" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00AE6293" w:rsidRDefault="00AE6293" w:rsidP="00AE6293">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6293">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6293">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F7DB530" w14:textId="06ED6343" w:rsidR="00AE6293" w:rsidRPr="004C1024" w:rsidRDefault="007C76FF" w:rsidP="00AE6293">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C76FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Antalet lärare och deras sammantagna kompetens är adekvat och står i proportion till den utbildning som ska genomföras inom utbildningsprogrammet och den forskningsanknytning som erfordras.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="649CB0ED" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00AE6293" w:rsidRDefault="00AE6293" w:rsidP="00AE6293">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE6293">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D3B05C4" w14:textId="77777777" w:rsidR="00AE6293" w:rsidRPr="00F14A56" w:rsidRDefault="00AE6293" w:rsidP="00AE6293"/>
-    <w:p w14:paraId="508690A3" w14:textId="77777777" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
-[...9 lines deleted...]
-        <w:t>Bedömningsgrund 3.1 ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
+    <w:p w14:paraId="508690A3" w14:textId="11FEEAAA" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bedömningsgrund 3.1 ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="007366B1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55679F85" w14:textId="77777777" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk182915731"/>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedömningsgrund 3.1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF4FC7A" w14:textId="2E1B5035" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:t>Antalet lärare och deras sammantagna kompetens är adekvat och står i proportion till den utbildning och forskningsanknytning av utbildning som ska genomföras inom utbildningsprogrammet.</w:t>
@@ -3326,60 +4106,66 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F43ACE9" w14:textId="77777777" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47886170" w14:textId="7A6F9A32" w:rsidR="00061B9E" w:rsidRPr="00B76FD9" w:rsidRDefault="00061B9E" w:rsidP="00B76FD9">
+    <w:p w14:paraId="47886170" w14:textId="441E25ED" w:rsidR="00061B9E" w:rsidRPr="00B76FD9" w:rsidRDefault="00061B9E" w:rsidP="00B76FD9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
-        <w:t xml:space="preserve">Beskriv lärarnas vetenskapliga/konstnärliga, professionsrelaterade och pedagogiska kompetens (se separat personaltabell som hämtas via </w:t>
+        <w:t>Beskriv lärarnas vetenskapliga</w:t>
+      </w:r>
+      <w:r w:rsidR="002B793C">
+        <w:t>/konstnärliga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t xml:space="preserve">, professionsrelaterade och pedagogiska kompetens (se separat personaltabell som hämtas via </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00EB2A4D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>ufn@du.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001746E3">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B90DCD" w:rsidRPr="001746E3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001746E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B90DCD" w:rsidRPr="001746E3">
         <w:t xml:space="preserve">Redogör för en bedömning av lärarkompetensen och lärarkapaciteten i enlighet med </w:t>
       </w:r>
       <w:r w:rsidR="00B76FD9" w:rsidRPr="001746E3">
         <w:t>vägledningen</w:t>
       </w:r>
       <w:r w:rsidR="00B90DCD" w:rsidRPr="001746E3">
@@ -3759,121 +4545,84 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A7F0D54" w14:textId="77777777" w:rsidR="00DA14A5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00DA14A5" w:rsidP="00DA14A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Utbildningsmiljö, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Utbildningsmiljö</w:t>
+              <w:t>forskningsanknytning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> och </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>kvalitetsarbete</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -3899,612 +4648,688 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00356332" w:rsidRPr="00EB2A4D" w14:paraId="2E20C709" w14:textId="77777777" w:rsidTr="00DA14A5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DD3D999" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Bedömningsgrund 4.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="234FA258" w14:textId="4DD0832C" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
+          <w:p w14:paraId="234FA258" w14:textId="19681533" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Ämnet som ansvarar för utbildningsprogrammet säkerställer att det finns en sammanhållen vetenskaplig/konstnärlig och professionsinriktad utbildningsmiljö, med koppling till en eller flera levande forskningsmiljöer som är relevanta för utbildningsprogrammets profil. Det finns en tydlig beskrivning av hur forskningsanknytning av kurserna i utbildningsprogrammet sker.</w:t>
+              <w:t>Ämnet som ansvarar för utbildningsprogrammet säkerställer att det finns en sammanhållen vetenskaplig</w:t>
+            </w:r>
+            <w:r w:rsidR="002B793C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>/konstnärlig</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0B4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>och professionsinriktad utbildningsmiljö, med koppling till en eller flera levande forskningsmiljöer som är relevanta för utbildningsprogrammets profil. Det finns en tydlig beskrivning av hur forskningsanknytning av kurserna i utbildningsprogrammet sker.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4113C2B1" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00356332" w:rsidRPr="00EB2A4D" w14:paraId="1D345B12" w14:textId="77777777" w:rsidTr="00DA14A5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A8069BB" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B64ED05" w14:textId="47CEE90B" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
+          <w:p w14:paraId="6B64ED05" w14:textId="680B3325" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inom utbildningsprogrammet sker samverkan med det omgivande samhället som bidrar till utbildningens kvalitet och till förberedelse för arbetslivet. </w:t>
+              <w:t>Inom utbildningsprogrammet sker samverkan med det omgivande samhället</w:t>
+            </w:r>
+            <w:r w:rsidR="007366B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007366B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>vilket</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bidrar till utbildningens kvalitet och till förberedelse för arbetslivet. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19E5BA9A" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00356332" w:rsidRPr="00EB2A4D" w14:paraId="1D6125DC" w14:textId="77777777" w:rsidTr="00DA14A5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C96930F" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37949844" w14:textId="11A24D76" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Planering finns för studentinflytande, där programansvarig lärare, kursansvariga lärare och annan personal verkar för att studenterna tar aktiv del i arbetet med att utveckla kurserna inom utbildningsprogrammet. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AA23F3E" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00356332" w:rsidRPr="00EB2A4D" w14:paraId="025823CF" w14:textId="77777777" w:rsidTr="00DA14A5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32F637D3" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2AC85765" w14:textId="14564365" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>I ämnet som ansvarar för programmet bedrivs ett genomtänkt arbete för att vidmakthålla och utveckla kvaliteten i kurserna i utbildningsprogrammet samt säkring av examensmålen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62CD8AF1" w14:textId="77777777" w:rsidR="00356332" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00505562" w:rsidRPr="00EB2A4D" w14:paraId="09831060" w14:textId="77777777" w:rsidTr="00DA14A5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62270CF3" w14:textId="33D5F4F0" w:rsidR="00505562" w:rsidRPr="00EB2A4D" w:rsidRDefault="00505562" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund 4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F28BEF4" w14:textId="664A40EB" w:rsidR="00505562" w:rsidRPr="00EB2A4D" w:rsidRDefault="00505562" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Till utbildningsprogrammet finns ett programråd där programansvarig lärare, kursansvariga lärare och annan personal, tillsammans med representanter från programmets avnämare och studenter tar aktiv del med att utveckla programmets innehåll.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29324B64" w14:textId="77777777" w:rsidR="00505562" w:rsidRPr="00EB2A4D" w:rsidRDefault="00505562" w:rsidP="00356332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55BBACF2" w14:textId="77777777" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00FD6783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33EBA2AD" w14:textId="3D8B11EB" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="0065757E">
+    <w:p w14:paraId="33EBA2AD" w14:textId="12D9B298" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="0065757E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bedömningsgrund 4.1</w:t>
       </w:r>
       <w:r w:rsidR="0065757E" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
-        <w:t>Ämnet som ansvarar för utbildningsprogrammet säkerställer att det finns en sammanhållen vetenskaplig/konstnärlig och professionsinriktad utbildningsmiljö, med koppling till en eller flera levande forskningsmiljöer som är relevanta för utbildningsprogrammets profil. Det finns en tydlig beskrivning av hur forskningsanknytning av kurserna i utbildningsprogrammet sker.</w:t>
+        <w:t>Ämnet</w:t>
+      </w:r>
+      <w:r w:rsidR="0016482E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t>som ansvarar för utbildningsprogrammet säkerställer att det finns en sammanhållen vetenskaplig</w:t>
+      </w:r>
+      <w:r w:rsidR="00873A95">
+        <w:t>/konstnärlig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:t xml:space="preserve"> och professionsinriktad utbildningsmiljö, med koppling till en eller flera levande forskningsmiljöer som är relevanta för utbildningsprogrammets profil. Det finns en tydlig beskrivning av hur forskningsanknytning av kurserna i utbildningsprogrammet sker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E635DF8" w14:textId="67B6A33C" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E50C27" w14:textId="26205E97" w:rsidR="00DA14A5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00DA14A5" w:rsidP="00B177B3">
+    <w:p w14:paraId="57E50C27" w14:textId="66604BFC" w:rsidR="00DA14A5" w:rsidRPr="00EB2A4D" w:rsidRDefault="00DA14A5" w:rsidP="00B177B3">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv </w:t>
       </w:r>
       <w:r w:rsidR="00167450" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">hur ämnet som ansvarar för utbildningsprogrammet säkerställer </w:t>
       </w:r>
       <w:r w:rsidR="00356332" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>utbildningsprogrammets</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vetenskapliga/konstnärliga och, i förekommande fall, arbetslivsinriktade miljö, inklusive fysiska lokaler, kollegialt utbyte samt formella och informella arenor för utbyte.</w:t>
+        <w:t xml:space="preserve"> vetenskapliga</w:t>
+      </w:r>
+      <w:r w:rsidR="002B793C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/konstnärliga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och, i förekommande fall, arbetslivsinriktade miljö, inklusive fysiska lokaler, kollegialt utbyte samt formella och informella arenor för utbyte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AFB6453" w14:textId="77777777" w:rsidR="00E2668B" w:rsidRPr="00EB2A4D" w:rsidRDefault="00DA14A5" w:rsidP="00E2668B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk154828833"/>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv </w:t>
@@ -4821,51 +5646,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Inom utbildningsprogrammet sker samverkan med det omgivande samhället som bidrar till utbildningens kvalitet och till förberedelse för arbetslivet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2A448D" w14:textId="3074A44D" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13636CFE" w14:textId="1F5CE9D6" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332" w:rsidP="002E6C96">
+    <w:p w14:paraId="13636CFE" w14:textId="1F5CE9D6" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00356332">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk154829115"/>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Redogör för akademiska samarbeten som berör utbildningsprogrammet, nationella och internationella</w:t>
       </w:r>
       <w:r w:rsidR="00A8754C" w:rsidRPr="00112A62">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -4917,117 +5742,133 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Planering finns för studentinflytande, där programansvarig lärare, kursansvariga lärare och annan personal verkar för att studenterna tar aktiv del i arbetet med att utveckla kurserna inom utbildningsprogrammet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366E755A" w14:textId="60D63023" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D35FB1B" w14:textId="2384A86C" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00684FC5">
+    <w:p w14:paraId="6D35FB1B" w14:textId="2384A86C" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Beskriv hur studenterna kommer att ges möjlighet till och uppmuntras att ta aktiv del i utvecklingen av utbildningsprogrammet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEF3F22" w14:textId="1BCCC09C" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00112A62" w:rsidP="00A8754C">
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A8754C" w:rsidRPr="00EB2A4D">
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="041D26A7" w14:textId="77777777" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F446705" w14:textId="7451FF2B" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="0065757E">
+    <w:p w14:paraId="7F446705" w14:textId="494BD9CA" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="0065757E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bedömningsgrund 4.4</w:t>
       </w:r>
       <w:r w:rsidR="0065757E" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">I ämnet som ansvarar för programmet bedrivs ett genomtänkt arbete för att vidmakthålla och utveckla kvaliteten i kurserna i utbildningsprogrammet samt säkring av examensmålen </w:t>
+        <w:t>I ämnet som ansvarar för programmet bedrivs ett genomtänkt arbete för att vidmakthålla och utveckla kvaliteten i kurserna i utbildningsprogrammet samt säkring av examensmålen</w:t>
+      </w:r>
+      <w:r w:rsidR="002B793C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4FAF24" w14:textId="653D6479" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00A8754C" w:rsidP="00A8754C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA3CCE4" w14:textId="77777777" w:rsidR="0065757E" w:rsidRPr="00EB2A4D" w:rsidRDefault="0065757E" w:rsidP="0065757E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5092,51 +5933,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Beskriv det planerade konkreta arbetet för att vidmakthålla och utveckla kvaliteten i utbildningsprogrammet (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> arbete med programanalyser, gemensamt arbete med utbildningsplanering och progression, forskningens koppling till utbildningen, akademiska arrangemang utanför utbildningsprogrammet, samråd med externa parter).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0599A119" w14:textId="13646B27" w:rsidR="00A8754C" w:rsidRPr="00112A62" w:rsidRDefault="0065757E" w:rsidP="004C7C2B">
+    <w:p w14:paraId="0599A119" w14:textId="13646B27" w:rsidR="00A8754C" w:rsidRPr="00112A62" w:rsidRDefault="0065757E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Beskriv den kompetensutveckling för personalen, inklusive pedagogisk utveckling, som långsiktigt planeras och bedöms vara möjlig att genomföra.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65AB32F8" w14:textId="77777777" w:rsidR="00112A62" w:rsidRPr="00EB2A4D" w:rsidRDefault="00112A62" w:rsidP="00112A62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71C5DFAC" w14:textId="1905D87F" w:rsidR="00A8754C" w:rsidRPr="00EB2A4D" w:rsidRDefault="00112A62" w:rsidP="00A8754C">
@@ -5402,75 +6243,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="EDEDED"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="128E6367" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00B177B3" w:rsidRDefault="00B177B3" w:rsidP="00B177B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B177B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ekonomi </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Ekonomi och </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B177B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>infrastruktur</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -5496,288 +6313,306 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B177B3" w:rsidRPr="00B177B3" w14:paraId="1C45D779" w14:textId="77777777" w:rsidTr="00B177B3">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A42C8F2" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00B177B3" w:rsidRDefault="00B177B3" w:rsidP="00B177B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B177B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B177B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F23D975" w14:textId="02B7515A" w:rsidR="00B177B3" w:rsidRPr="00B177B3" w:rsidRDefault="00C463DF" w:rsidP="00B177B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C463DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ekonomiska resurser finns för att med hög kvalitet kunna genomföra utbildningsprogrammet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D5A4CEC" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00B177B3" w:rsidRDefault="00B177B3" w:rsidP="00B177B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B177B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B177B3" w:rsidRPr="00B177B3" w14:paraId="2A01EDE6" w14:textId="77777777" w:rsidTr="00B177B3">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E67F95A" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00B177B3" w:rsidRDefault="00B177B3" w:rsidP="00B177B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B177B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B177B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35D5B49B" w14:textId="4F64E495" w:rsidR="00B177B3" w:rsidRPr="00B177B3" w:rsidRDefault="00C463DF" w:rsidP="00B177B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C463DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns förutsättningar för en stabil och ändamålsenlig infrastruktur för utbildningsprogrammet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="627E8003" w14:textId="77777777" w:rsidR="00B177B3" w:rsidRPr="00B177B3" w:rsidRDefault="00B177B3" w:rsidP="00B177B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5314B7DC" w14:textId="77777777" w:rsidR="0065757E" w:rsidRPr="00EB2A4D" w:rsidRDefault="0065757E" w:rsidP="0065757E">
-[...9 lines deleted...]
-        <w:t>Bedömningsgrund 5.1 ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
+    <w:p w14:paraId="5314B7DC" w14:textId="0C02C88D" w:rsidR="0065757E" w:rsidRPr="00EB2A4D" w:rsidRDefault="0065757E" w:rsidP="0065757E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bedömningsgrund 5.1 ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="007366B1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CDE5A65" w14:textId="77777777" w:rsidR="0065757E" w:rsidRPr="00EB2A4D" w:rsidRDefault="0065757E" w:rsidP="0065757E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A8B82E0" w14:textId="642A7ECE" w:rsidR="0065757E" w:rsidRPr="00EB2A4D" w:rsidRDefault="0065757E" w:rsidP="00557AB2">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5979,97 +6814,105 @@
         <w:t>Det finns förutsättningar för en stabil och ändamålsenlig infrastruktur för utbildningsprogrammet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4124AEE5" w14:textId="77777777" w:rsidR="00557AB2" w:rsidRPr="00EB2A4D" w:rsidRDefault="00557AB2" w:rsidP="00557AB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BE32AFC" w14:textId="0B2834BF" w:rsidR="00557AB2" w:rsidRPr="00EB2A4D" w:rsidRDefault="00557AB2" w:rsidP="00557AB2">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DBB1521" w14:textId="60B1540C" w:rsidR="009D5394" w:rsidRPr="00EB2A4D" w:rsidRDefault="009D5394" w:rsidP="009D5394">
+    <w:p w14:paraId="3DBB1521" w14:textId="4DF83F23" w:rsidR="009D5394" w:rsidRPr="00EB2A4D" w:rsidRDefault="009D5394" w:rsidP="009D5394">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv studenternas tillgång till ändamålsenlig infrastruktur inom ramen för den ordinarie stödverksamheten, inklusive biblioteksresurser, databaser och informationstekniska resurser. Fokus ska vara på </w:t>
       </w:r>
       <w:r w:rsidR="00C463DF" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">det föreslagna utbildningsprogrammets </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>särskilda behov.</w:t>
       </w:r>
       <w:r w:rsidR="00C463DF" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> De gemensamma resurser som högskolan tillhandahåller för all utbildning behöver inte beskrivas</w:t>
       </w:r>
+      <w:r w:rsidR="009E0B4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Synpunkter från berörda avdelningar inom verksamhetsstödet ska ha inhämtats, vilket ska framgå av underlaget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D265719" w14:textId="41C3D6B6" w:rsidR="009D5394" w:rsidRPr="00EB2A4D" w:rsidRDefault="009D5394" w:rsidP="009D5394">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
@@ -6131,51 +6974,50 @@
         <w:br/>
       </w:r>
       <w:r w:rsidR="00557AB2" w:rsidRPr="00EB2A4D">
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E74233A" w14:textId="77777777" w:rsidR="00557AB2" w:rsidRPr="00EB2A4D" w:rsidRDefault="00557AB2" w:rsidP="00557AB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46B1B73D" w14:textId="733C93DC" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00557AB2" w:rsidP="00FC7952">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk154827829"/>
       <w:r w:rsidRPr="00EB2A4D">
-        <w:lastRenderedPageBreak/>
         <w:t>Bedömningsområde 6: Utbildningsplan, säkring av examensmål och vidare studier</w:t>
       </w:r>
       <w:r w:rsidR="00FC7952" w:rsidRPr="00EB2A4D">
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9600" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3140"/>
         <w:gridCol w:w="5500"/>
         <w:gridCol w:w="960"/>
       </w:tblGrid>
       <w:tr w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w14:paraId="4439EAC6" w14:textId="77777777" w:rsidTr="0055256A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6292,95 +7134,93 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w14:paraId="027D2D4A" w14:textId="77777777" w:rsidTr="0055256A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7CF088D0" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32BDA06E" w14:textId="33161F64" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="_Hlk155108233"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Det finns förslag till utbildningsplan, kursplaner för befintliga kurser och kortfattad beskrivning av nya kurser i utbildningsprogrammet.  Examensbenämningen framgår av utbildningsplanen. För högskoleingenjörsexamen finns teknikområde angivet i utbildningsplanen. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6518,497 +7358,502 @@
               </w:rPr>
               <w:t>dningsplanen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FC06205" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w14:paraId="615F08EF" w14:textId="77777777" w:rsidTr="0055256A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="173F30B3" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E3BFB13" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
+          <w:p w14:paraId="6E3BFB13" w14:textId="3235526F" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="_Hlk155108509"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genom utbildningens utformning, genomförande och examination säkerställs att studenterna kan uppnå nationella och eventuella lokala mål för utbildningen </w:t>
+              <w:t>Genom utbildningens utformning, genomförande och examination säkerställs att studenterna kan uppnå nationella och eventuella lokala mål för utbildningen</w:t>
+            </w:r>
+            <w:r w:rsidR="007366B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E1BF3A7" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w14:paraId="38D19F48" w14:textId="77777777" w:rsidTr="0055256A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15E6ACAB" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D7AC88E" w14:textId="274C0B1A" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
+          <w:p w14:paraId="4D7AC88E" w14:textId="3A3BC8DC" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="13" w:name="_Hlk155108827"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Utbildningsprogrammet förbereder studenterna för vidare studier.  För program som leder till högskoleexamen har möjligheterna till fortsatta studier mot kandidatexamen</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008910C5" w:rsidRPr="00EB2A4D">
+              <w:t>Utbildningsprogrammet förbereder studenterna för vidare studier.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="002B793C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vid Högskolan Dalarna</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EB2A4D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B793C" w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> beskrivits.</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
+              <w:t>För program som leder till högskoleexamen har möjligheterna till fortsatta studier mot kandidatexamen vid Högskolan Dalarna beskrivits.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A6CBE68" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w14:paraId="1DA85FF3" w14:textId="77777777" w:rsidTr="0055256A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CD85E9A" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73B224CA" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns tydliga och rimliga förkunskapskrav för antagning till utbildningsprogrammet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="143A5A56" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w14:paraId="45BE814E" w14:textId="77777777" w:rsidTr="0055256A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F75A46C" w14:textId="53AFB17C" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Bedömningsgrund 6.5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(gäller endast utbildningsprogram som leder till generell examen samt för utbildningsprogram som leder till både generell examen samt yrkesexamen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F31B773" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>De kurser som inte ingår i utbildningsprogrammets huvudområde har en tydlig roll i utbildningsprogrammet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7157860C" w14:textId="77777777" w:rsidR="0055256A" w:rsidRPr="00EB2A4D" w:rsidRDefault="0055256A" w:rsidP="0055256A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DFCB87D" w14:textId="77777777" w:rsidR="00102412" w:rsidRPr="00EB2A4D" w:rsidRDefault="00102412" w:rsidP="009D5394">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -7337,51 +8182,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">via </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="0061076D" w:rsidRPr="00EB2A4D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>ufn@du.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0061076D" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB68AB2" w14:textId="634DBA11" w:rsidR="001746E3" w:rsidRDefault="00FC7952" w:rsidP="008D441B">
+    <w:p w14:paraId="2BB68AB2" w14:textId="634DBA11" w:rsidR="001746E3" w:rsidRDefault="00FC7952">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv hur olika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>lärstrategier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7425,69 +8270,75 @@
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Utbildningsprogrammet förbereder studenterna för vidare studier.  För program som leder till högskoleexamen har möjligheterna till fortsatta studier mot kandidatexamen beskrivits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B885AC" w14:textId="77777777" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FC7952" w:rsidP="00FC7952">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B68852" w14:textId="0FF6061F" w:rsidR="00FC7952" w:rsidRPr="00112A62" w:rsidRDefault="00FC7952" w:rsidP="001E499C">
+    <w:p w14:paraId="15B68852" w14:textId="63F3CBE7" w:rsidR="00FC7952" w:rsidRPr="00112A62" w:rsidRDefault="00FC7952">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Beskriv studenternas möjlighet till vidare studier, främst vad gäller studier på nästa nivå (magister-, master- eller forskarnivå), vid Högskolan Dalarna eller vid annat lärosäte. För program som leder till högskoleexamen ska möjligheterna till fortsatta studier mot kandidatexamen vid Högskolan Dalarna beskrivas.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00112A62">
+        <w:t xml:space="preserve">Beskriv studenternas möjlighet till vidare studier, främst vad gäller studier på nästa nivå (magister-, master- eller forskarnivå), vid Högskolan Dalarna eller vid annat lärosäte. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B793C" w:rsidRPr="00112A62">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>För program som leder till högskoleexamen ska möjligheterna till fortsatta studier mot kandidatexamen vid Högskolan Dalarna beskrivas.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B793C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E860583" w14:textId="6F0B79E0" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FC7952" w:rsidP="00FC7952">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:t>Ansökningstext</w:t>
       </w:r>
       <w:r w:rsidR="00112A62">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0183EFE3" w14:textId="213FA911" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FC7952" w:rsidP="00FC7952">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -7509,51 +8360,51 @@
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Det finns tydliga och rimliga förkunskapskrav för antagning till utbildningsprogrammet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B475A93" w14:textId="78565712" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FC7952" w:rsidP="00FC7952">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22326F55" w14:textId="74237514" w:rsidR="00FC7952" w:rsidRPr="00112A62" w:rsidRDefault="00757369" w:rsidP="00417A39">
+    <w:p w14:paraId="22326F55" w14:textId="74237514" w:rsidR="00FC7952" w:rsidRPr="00112A62" w:rsidRDefault="00757369">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ange och motivera de förkunskapskrav som gäller för antagning till utbildningsprogrammet</w:t>
       </w:r>
       <w:r w:rsidR="00FC7952" w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00112A62">
         <w:rPr>
@@ -7592,77 +8443,93 @@
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>De kurser som inte ingår i utbildningsprogrammets huvudområde har en tydlig roll i utbildningsprogrammet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7139695D" w14:textId="65E1341E" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FC7952" w:rsidP="00FC7952">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E91BA4" w14:textId="77777777" w:rsidR="00112A62" w:rsidRPr="00112A62" w:rsidRDefault="00FC7952" w:rsidP="00C8445D">
+    <w:p w14:paraId="09E91BA4" w14:textId="089BE844" w:rsidR="00112A62" w:rsidRPr="00112A62" w:rsidRDefault="00FC7952">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange vilka ämnen som ingår i programmet, utöver ämnet för programmets huvudområde, och omfattningen av kurser i dessa ämnen. Beskriv hur dessa kurser integreras i utbildningen </w:t>
       </w:r>
       <w:r w:rsidRPr="00112A62">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>(gäller endast utbildningsprogram som leder till generell examen samt för utbildningsprogram som leder till både generell examen samt yrkesexamen).</w:t>
+        <w:t xml:space="preserve">(gäller endast </w:t>
+      </w:r>
+      <w:r w:rsidR="002B793C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112A62">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>utbildningsprogram som leder till generell examen samt för utbildningsprogram som leder till både generell examen samt yrkesexamen).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BC9451" w14:textId="008328BC" w:rsidR="00774180" w:rsidRPr="00112A62" w:rsidRDefault="00562906" w:rsidP="00112A62">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00FC7952" w:rsidRPr="00EB2A4D">
         <w:t>Ansökningstext</w:t>
       </w:r>
       <w:r w:rsidR="00774180" w:rsidRPr="00112A62">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -7896,384 +8763,374 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00774180" w:rsidRPr="00EB2A4D" w14:paraId="3BCAFAB3" w14:textId="77777777" w:rsidTr="00774180">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02CCD30C" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="06C919F4" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns utrymme för utbildningsprogrammet sett till utbudet vid andra lärosäten nationellt och internationellt (vid planerad internationell antagning), samhällsutveckling samt vetenskaplig utveckling.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6BF547A8" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00774180" w:rsidRPr="00EB2A4D" w14:paraId="6FACC644" w14:textId="77777777" w:rsidTr="00774180">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="75006756" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B8944EE" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Det finns ett tillräckligt stort rekryteringsunderlag för utbildningsprogrammet, bland en eller flera definierade målgrupper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C262D83" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00582642" w:rsidRPr="00EB2A4D" w14:paraId="455B3BE9" w14:textId="77777777" w:rsidTr="00774180">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BE6652E" w14:textId="65E607A6" w:rsidR="00582642" w:rsidRPr="00EB2A4D" w:rsidRDefault="00582642" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00C4959E" w14:textId="43B706DD" w:rsidR="00582642" w:rsidRPr="00EB2A4D" w:rsidRDefault="00582642" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Breddad rekrytering kan tillämpas på ett meningsfullt sätt vid planering av rekrytering och antagning av studenter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10AC8446" w14:textId="77777777" w:rsidR="00582642" w:rsidRPr="00EB2A4D" w:rsidRDefault="00582642" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00774180" w:rsidRPr="00EB2A4D" w14:paraId="742D67A6" w14:textId="77777777" w:rsidTr="00774180">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="523F0A13" w14:textId="20DE5A75" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
@@ -8282,173 +9139,181 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.</w:t>
             </w:r>
             <w:r w:rsidR="00582642" w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57725FFB" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Utbildningsprogrammet är relevant ur ett samhällsperspektiv – regionalt, nationellt och/eller internationellt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59D8FB4C" w14:textId="77777777" w:rsidR="00774180" w:rsidRPr="00EB2A4D" w:rsidRDefault="00774180" w:rsidP="00774180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17AC51A3" w14:textId="77777777" w:rsidR="00102412" w:rsidRPr="00EB2A4D" w:rsidRDefault="00102412" w:rsidP="00774180">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20BDF259" w14:textId="374040BB" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FC7952" w:rsidP="00FC7952">
+    <w:p w14:paraId="20BDF259" w14:textId="2FFA2E1D" w:rsidR="00FC7952" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FC7952" w:rsidP="00FC7952">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bedömningsgrund</w:t>
       </w:r>
       <w:r w:rsidR="00116FEC" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">erna </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003F3B62" w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7.1–7.2</w:t>
+      </w:r>
       <w:r w:rsidR="00116FEC" w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
       <w:r w:rsidR="000436C9" w:rsidRPr="00225D29">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ska användas vid framläggning i institutionens ledningsråd samt vid samråd i rektors ledningsråd.</w:t>
+        <w:t xml:space="preserve"> ska användas vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00135D64">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i institutionens ledningsråd samt vid samråd i rektors lednings</w:t>
+      </w:r>
+      <w:r w:rsidR="003F3B62">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>grupp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2A4D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F59A853" w14:textId="287137E4" w:rsidR="00116FEC" w:rsidRPr="00EB2A4D" w:rsidRDefault="00116FEC" w:rsidP="00116FEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bedömningsgrund 7.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
@@ -8966,600 +9831,460 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Samråd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w14:paraId="1E04C4EF" w14:textId="77777777" w:rsidTr="00C12E46">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F10C741" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71B8FA80" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Utbildningen är användbar och förbereder studenterna för arbetslivet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="606F044C" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w14:paraId="70C92E86" w14:textId="77777777" w:rsidTr="00C12E46">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3803B8D3" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01D652BE" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="_Hlk155109695"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Inom utbildningsprogrammet sker relevant samverkan med det omgivande samhället</w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1630FF92" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w14:paraId="03D94133" w14:textId="77777777" w:rsidTr="00C12E46">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="710ABB25" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43BA6D02" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
+          <w:p w14:paraId="43BA6D02" w14:textId="603BF216" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="003F3B62" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB2A4D">
+            <w:r w:rsidRPr="003F3B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utbildningsprogrammet rymmer inslag av hållbar utveckling samt jämställdhet i enlighet med lärosätets mål. </w:t>
+              <w:t>Utbildningsprogrammet behandlar frågor om hållbar utveckling på ett sätt som kopplar till utbildningens kunskapsområden eller studentens kommande yrkesroll, i enlighet med lärosätets mål. I detta sammanhang omfattar begreppet hållbar utveckling internationella förhållanden, jämställdhet och lika villkor samt miljö och klimat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61F4B539" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w14:paraId="480DB927" w14:textId="77777777" w:rsidTr="00C12E46">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40A6EDCF" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bedömningsgrund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB2A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EFE0573" w14:textId="67F3A0CF" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
+          <w:p w14:paraId="5EFE0573" w14:textId="1DE547DD" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="003F3B62" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB2A4D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Utbildningsprogrammet behandlar internationella förhållanden inom utbildningens område på ett systematiskt och meningsfullt sätt.</w:t>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F3B62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>m så är relevant har studenter inom utbildningsprogrammet möjlighet att bedriva studier utomlands.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5223F228" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w14:paraId="30DCBCF2" w14:textId="77777777" w:rsidTr="00C12E46">
-[...135 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="5CF3F398" w14:textId="77777777" w:rsidR="00C12E46" w:rsidRPr="00EB2A4D" w:rsidRDefault="00C12E46" w:rsidP="00C12E46">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71B9C051" w14:textId="0B7B19B6" w:rsidR="00116FEC" w:rsidRPr="00EB2A4D" w:rsidRDefault="00116FEC" w:rsidP="00116FEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bedömningsgrund 8.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
@@ -9779,286 +10504,401 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="26D60DED" w14:textId="77777777" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Beskriv hur inslag av hållbar utveckling samt jämställdhet integreras i utbildningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675E6ACE" w14:textId="16A942A0" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
       <w:r w:rsidRPr="00EB2A4D">
         <w:t>Ansökningstext</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3796B688" w14:textId="3A58B46C" w:rsidR="00116FEC" w:rsidRPr="00EB2A4D" w:rsidRDefault="00116FEC" w:rsidP="00116FEC">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+    <w:p w14:paraId="35474CDA" w14:textId="77777777" w:rsidR="00873A95" w:rsidRPr="00873A95" w:rsidRDefault="00116FEC" w:rsidP="00116FEC">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Bedömningsgrund 8.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00FD6783" w:rsidRPr="00EB2A4D">
-[...7 lines deleted...]
-    <w:p w14:paraId="2BE53F8C" w14:textId="77777777" w:rsidR="00116FEC" w:rsidRPr="00EB2A4D" w:rsidRDefault="00116FEC" w:rsidP="00116FEC">
+      <w:r w:rsidR="00873A95" w:rsidRPr="00873A95">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Om så är relevant har studenter inom utbildningsprogrammet möjlighet att bedriva studier utomlands.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE53F8C" w14:textId="5E7E7B26" w:rsidR="00116FEC" w:rsidRPr="00EB2A4D" w:rsidRDefault="00116FEC" w:rsidP="00116FEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Anvisningar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA76690" w14:textId="77777777" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00FD6783" w:rsidP="00FD6783">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2A4D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv hur utbildningsprogrammets utformning och genomförande är tänkt att utveckla studenternas förståelse för internationella förhållanden inom utbildningens område och deras interkulturella kompetens. Detta oavsett om studenten vistas utomlands inom ramen för sina studier eller inte. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD18350" w14:textId="66EA9313" w:rsidR="00FD6783" w:rsidRPr="00EB2A4D" w:rsidRDefault="00426027" w:rsidP="00116FEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00FD6783" w:rsidRPr="00EB2A4D">
         <w:t>Ansökningstext</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C3A3EC" w14:textId="74E4B48F" w:rsidR="00116FEC" w:rsidRPr="00EB2A4D" w:rsidRDefault="00116FEC" w:rsidP="00116FEC">
-[...136 lines deleted...]
-    <w:p w14:paraId="59BF4757" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="1B83999B" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225D29">
+    </w:p>
+    <w:p w14:paraId="35972BBA" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46ED4FE7" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD48DD5" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F218782" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F922517" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="087CD4B4" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2D203E" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0232D978" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3027E301" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8D995F" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F2BCCDA" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE75859" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08E55F8E" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="359F0097" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="357FAD0C" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7211240F" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4629FE61" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FFC4160" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5679F93B" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="640EBAA4" w14:textId="77777777" w:rsidR="00873A95" w:rsidRDefault="00873A95" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59BF4757" w14:textId="205B27B3" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225D29">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B1431B" w14:textId="77777777" w:rsidR="003C7910" w:rsidRPr="00225D29" w:rsidRDefault="003C7910" w:rsidP="000436C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D29">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Bedömning av lärarkompetens och lärarkapacitet vid inrättande och utvärdering av utbildning </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="769CB15F" w14:textId="27CAA1E3" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
@@ -10128,60 +10968,66 @@
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D29">
         <w:t>Förutsättningar för forskning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D192C0F" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D29">
         <w:t>Nationell och lokal kontext.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29BC2E17" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9"/>
     <w:p w14:paraId="3340FEC0" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
       <w:r w:rsidRPr="00225D29">
         <w:t>Exempel på frågor att beakta är bland annat:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F79CFC9" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
+    <w:p w14:paraId="5F79CFC9" w14:textId="349418E2" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D29">
-        <w:t xml:space="preserve">Sammansättning: hur ser förhållandet ut mellan lärarnas vetenskapliga kompetens såsom professorer, docenter, lektorer och adjunkter (särskilt sett i relation till utbildningens nivå), lärare med pedagogisk meritering (särskilt sett i relation till utbildningens volym) samt konstnärlig eller professionsrelaterad kompetens (särskilt sett i relation till utbildningens karaktär)? </w:t>
+        <w:t xml:space="preserve">Sammansättning: hur ser förhållandet ut mellan lärarnas vetenskapliga kompetens såsom professorer, docenter, lektorer och adjunkter (särskilt sett i relation till utbildningens nivå), lärare med pedagogisk meritering (särskilt sett i relation till utbildningens volym) samt </w:t>
+      </w:r>
+      <w:r w:rsidR="002B793C">
+        <w:t xml:space="preserve">konstnärlig eller </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225D29">
+        <w:t xml:space="preserve">professionsrelaterad kompetens (särskilt sett i relation till utbildningens karaktär)? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F252929" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D29">
         <w:t>Undervisningsformer: finns det särskilda förhållanden kopplade till ämnets eller utbildningens karaktär att ta hänsyn till, såsom särskilda behov av enskild handledning, examination av examensarbete, laborationer, osv. som kan påverka behovet av lärarkompetens och lärarkapacitet?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA8ED40" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D29">
         <w:t>Forskarutbildningsnivå: finns tillräckligt många docenter eller professorer med forskarhandledarutbildning för att möjliggöra byte av handledare?</w:t>
       </w:r>
@@ -10210,81 +11056,81 @@
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D29">
         <w:t xml:space="preserve">Nationell kontext: Är resonemanget om lärarkompetens och lärarkapacitet kalibrerat med en nationell kontext sett till ämnets storlek på andra lärosäten, osv.? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD66A8D" w14:textId="77777777" w:rsidR="000436C9" w:rsidRPr="00225D29" w:rsidRDefault="000436C9" w:rsidP="000436C9">
       <w:r w:rsidRPr="00225D29">
         <w:t>Lokal kontext: Utgör samma lärare grund för flera ämnen eller utbildningar? Dvs. räcker kapaciteten för de sammantagna uppdragen?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE03159" w14:textId="3A386AA7" w:rsidR="00FD6783" w:rsidRPr="0061076D" w:rsidRDefault="00FD6783" w:rsidP="0031479E">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FD6783" w:rsidRPr="0061076D" w:rsidSect="00E85A5E">
-      <w:footerReference w:type="default" r:id="rId16"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69A6383E" w14:textId="77777777" w:rsidR="00063E2D" w:rsidRDefault="00063E2D" w:rsidP="002D3AAC">
+    <w:p w14:paraId="76E94461" w14:textId="77777777" w:rsidR="005B3239" w:rsidRDefault="005B3239" w:rsidP="002D3AAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3324A635" w14:textId="77777777" w:rsidR="00063E2D" w:rsidRDefault="00063E2D" w:rsidP="002D3AAC">
+    <w:p w14:paraId="5B44CFF5" w14:textId="77777777" w:rsidR="005B3239" w:rsidRDefault="005B3239" w:rsidP="002D3AAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="18FA750C" w14:textId="77777777" w:rsidR="00063E2D" w:rsidRDefault="00063E2D">
+    <w:p w14:paraId="419E2227" w14:textId="77777777" w:rsidR="005B3239" w:rsidRDefault="005B3239">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10328,797 +11174,108 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="44C5AE48" w14:textId="77777777" w:rsidR="003F474E" w:rsidRPr="008A4E9E" w:rsidRDefault="00426027" w:rsidP="003F474E">
-[...139 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="543250D4" w14:textId="2735E9A4" w:rsidR="002523D6" w:rsidRPr="008A4E9E" w:rsidRDefault="002523D6" w:rsidP="003F474E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2953B334" w14:textId="77777777" w:rsidR="002523D6" w:rsidRDefault="002523D6" w:rsidP="002523D6">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="569812A1" w14:textId="2E34B583" w:rsidR="002523D6" w:rsidRPr="008A4E9E" w:rsidRDefault="002523D6">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="230F830E" w14:textId="77777777" w:rsidR="002523D6" w:rsidRDefault="002523D6">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0534E2A1" w14:textId="77777777" w:rsidR="00063E2D" w:rsidRDefault="00063E2D" w:rsidP="002D3AAC">
+    <w:p w14:paraId="6A7299C3" w14:textId="77777777" w:rsidR="005B3239" w:rsidRDefault="005B3239" w:rsidP="002D3AAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D389A6E" w14:textId="77777777" w:rsidR="00063E2D" w:rsidRDefault="00063E2D" w:rsidP="002D3AAC">
+    <w:p w14:paraId="0FD0BB74" w14:textId="77777777" w:rsidR="005B3239" w:rsidRDefault="005B3239" w:rsidP="002D3AAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0074B692" w14:textId="77777777" w:rsidR="00063E2D" w:rsidRDefault="00063E2D">
+    <w:p w14:paraId="7638F208" w14:textId="77777777" w:rsidR="005B3239" w:rsidRDefault="005B3239">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...546 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4AD150C7" w14:textId="3C928466" w:rsidR="000436C9" w:rsidRDefault="000436C9">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05FA7599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F62DBA8"/>
     <w:lvl w:ilvl="0" w:tplc="9438B7CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -13230,340 +13387,377 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="803161911">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="468330358">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E82AD0"/>
     <w:rsid w:val="000436C9"/>
     <w:rsid w:val="00047DF9"/>
     <w:rsid w:val="00050855"/>
     <w:rsid w:val="00052DF7"/>
     <w:rsid w:val="00061B9E"/>
     <w:rsid w:val="00063E2D"/>
     <w:rsid w:val="00092854"/>
+    <w:rsid w:val="000C321F"/>
     <w:rsid w:val="000D4724"/>
     <w:rsid w:val="000E09E1"/>
     <w:rsid w:val="000F2C8A"/>
     <w:rsid w:val="000F606E"/>
     <w:rsid w:val="00102412"/>
     <w:rsid w:val="00103FF1"/>
     <w:rsid w:val="00112A62"/>
     <w:rsid w:val="00116FEC"/>
     <w:rsid w:val="00120328"/>
+    <w:rsid w:val="00135D64"/>
     <w:rsid w:val="001400D2"/>
     <w:rsid w:val="001579A4"/>
     <w:rsid w:val="001603E5"/>
+    <w:rsid w:val="0016482E"/>
     <w:rsid w:val="00167450"/>
+    <w:rsid w:val="001720C1"/>
     <w:rsid w:val="001746E3"/>
     <w:rsid w:val="00177C31"/>
+    <w:rsid w:val="001B7174"/>
     <w:rsid w:val="001C4377"/>
     <w:rsid w:val="001D4034"/>
     <w:rsid w:val="001E4CBA"/>
     <w:rsid w:val="00201C70"/>
     <w:rsid w:val="00212053"/>
     <w:rsid w:val="00216AA2"/>
     <w:rsid w:val="00225D29"/>
     <w:rsid w:val="002270AF"/>
     <w:rsid w:val="00250D23"/>
     <w:rsid w:val="002523D6"/>
+    <w:rsid w:val="00275B6B"/>
+    <w:rsid w:val="002909B1"/>
     <w:rsid w:val="0029148E"/>
     <w:rsid w:val="00292025"/>
     <w:rsid w:val="002A4138"/>
     <w:rsid w:val="002A7C84"/>
     <w:rsid w:val="002B3F5B"/>
+    <w:rsid w:val="002B5F07"/>
+    <w:rsid w:val="002B793C"/>
     <w:rsid w:val="002C60D4"/>
     <w:rsid w:val="002D3AAC"/>
     <w:rsid w:val="002D5362"/>
+    <w:rsid w:val="002E1762"/>
     <w:rsid w:val="002F552D"/>
     <w:rsid w:val="003102FB"/>
     <w:rsid w:val="0031479E"/>
     <w:rsid w:val="003302E8"/>
     <w:rsid w:val="00351298"/>
     <w:rsid w:val="003555BA"/>
     <w:rsid w:val="00356332"/>
     <w:rsid w:val="00357D7D"/>
     <w:rsid w:val="00361D9A"/>
     <w:rsid w:val="00362712"/>
     <w:rsid w:val="003661CE"/>
     <w:rsid w:val="003718DD"/>
     <w:rsid w:val="003A6CA7"/>
+    <w:rsid w:val="003B47E8"/>
     <w:rsid w:val="003C0E0D"/>
     <w:rsid w:val="003C7910"/>
     <w:rsid w:val="003D4E6E"/>
     <w:rsid w:val="003E495D"/>
     <w:rsid w:val="003E5D0D"/>
+    <w:rsid w:val="003F3561"/>
+    <w:rsid w:val="003F3B62"/>
     <w:rsid w:val="003F474E"/>
     <w:rsid w:val="003F57BA"/>
     <w:rsid w:val="00416F6A"/>
     <w:rsid w:val="00426027"/>
     <w:rsid w:val="00427586"/>
     <w:rsid w:val="004700AE"/>
+    <w:rsid w:val="00476AA4"/>
     <w:rsid w:val="004B2C32"/>
     <w:rsid w:val="004C1024"/>
     <w:rsid w:val="004C22D3"/>
     <w:rsid w:val="004C51DB"/>
     <w:rsid w:val="004C592E"/>
     <w:rsid w:val="00500501"/>
     <w:rsid w:val="00505562"/>
     <w:rsid w:val="0050781F"/>
     <w:rsid w:val="00525477"/>
     <w:rsid w:val="005329D7"/>
     <w:rsid w:val="0054080E"/>
     <w:rsid w:val="0055033A"/>
     <w:rsid w:val="0055256A"/>
     <w:rsid w:val="00557AB2"/>
     <w:rsid w:val="00562906"/>
     <w:rsid w:val="00582642"/>
     <w:rsid w:val="0058767D"/>
     <w:rsid w:val="005A4FA8"/>
+    <w:rsid w:val="005B3239"/>
     <w:rsid w:val="005B4B72"/>
     <w:rsid w:val="005D1B26"/>
     <w:rsid w:val="005D63A1"/>
+    <w:rsid w:val="005E5B68"/>
     <w:rsid w:val="00604325"/>
     <w:rsid w:val="00604846"/>
     <w:rsid w:val="0061076D"/>
+    <w:rsid w:val="00620C9C"/>
     <w:rsid w:val="00624909"/>
     <w:rsid w:val="0062584A"/>
     <w:rsid w:val="0062612B"/>
     <w:rsid w:val="0063205B"/>
     <w:rsid w:val="0065715A"/>
     <w:rsid w:val="0065757E"/>
     <w:rsid w:val="00663354"/>
     <w:rsid w:val="00665008"/>
+    <w:rsid w:val="00672E60"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00682C61"/>
     <w:rsid w:val="006C10A7"/>
     <w:rsid w:val="006C47BD"/>
     <w:rsid w:val="007017C9"/>
     <w:rsid w:val="00706789"/>
     <w:rsid w:val="00711E7C"/>
     <w:rsid w:val="00714BEF"/>
     <w:rsid w:val="00730979"/>
+    <w:rsid w:val="007366B1"/>
     <w:rsid w:val="007368DA"/>
     <w:rsid w:val="00757369"/>
     <w:rsid w:val="007637F1"/>
     <w:rsid w:val="00774180"/>
     <w:rsid w:val="00792579"/>
     <w:rsid w:val="007A18AF"/>
     <w:rsid w:val="007A4D6F"/>
     <w:rsid w:val="007B41D1"/>
     <w:rsid w:val="007B71CE"/>
     <w:rsid w:val="007C76FF"/>
     <w:rsid w:val="007D7AE2"/>
+    <w:rsid w:val="00802232"/>
     <w:rsid w:val="0086321F"/>
+    <w:rsid w:val="00873A95"/>
     <w:rsid w:val="00873B83"/>
     <w:rsid w:val="00874F09"/>
     <w:rsid w:val="00886583"/>
     <w:rsid w:val="008910C5"/>
+    <w:rsid w:val="008A261E"/>
     <w:rsid w:val="008A4346"/>
     <w:rsid w:val="008A4E9E"/>
     <w:rsid w:val="008B5235"/>
     <w:rsid w:val="008C56A1"/>
     <w:rsid w:val="008D2298"/>
     <w:rsid w:val="008E178D"/>
     <w:rsid w:val="008E4A1E"/>
     <w:rsid w:val="00900943"/>
     <w:rsid w:val="0090097F"/>
     <w:rsid w:val="00904241"/>
     <w:rsid w:val="00913BAE"/>
     <w:rsid w:val="0091730A"/>
     <w:rsid w:val="009250C1"/>
+    <w:rsid w:val="00935823"/>
     <w:rsid w:val="00936DAD"/>
     <w:rsid w:val="0094122A"/>
     <w:rsid w:val="00961EDA"/>
     <w:rsid w:val="00972D36"/>
     <w:rsid w:val="00997CDA"/>
     <w:rsid w:val="009A6FF8"/>
     <w:rsid w:val="009B388F"/>
     <w:rsid w:val="009B656C"/>
     <w:rsid w:val="009C377C"/>
     <w:rsid w:val="009D5394"/>
+    <w:rsid w:val="009E0B4F"/>
     <w:rsid w:val="00A0309E"/>
     <w:rsid w:val="00A06AF4"/>
     <w:rsid w:val="00A20A26"/>
     <w:rsid w:val="00A37A6A"/>
     <w:rsid w:val="00A533F3"/>
+    <w:rsid w:val="00A60696"/>
     <w:rsid w:val="00A75784"/>
     <w:rsid w:val="00A75ACC"/>
     <w:rsid w:val="00A82A00"/>
     <w:rsid w:val="00A8754C"/>
+    <w:rsid w:val="00A9762A"/>
     <w:rsid w:val="00AA7320"/>
     <w:rsid w:val="00AE31CA"/>
     <w:rsid w:val="00AE6293"/>
     <w:rsid w:val="00B177B3"/>
     <w:rsid w:val="00B3619D"/>
     <w:rsid w:val="00B37686"/>
     <w:rsid w:val="00B4414A"/>
     <w:rsid w:val="00B65A99"/>
     <w:rsid w:val="00B73762"/>
     <w:rsid w:val="00B76FD9"/>
     <w:rsid w:val="00B81942"/>
     <w:rsid w:val="00B90DCD"/>
     <w:rsid w:val="00BA7BE0"/>
     <w:rsid w:val="00BB0105"/>
+    <w:rsid w:val="00BB076F"/>
     <w:rsid w:val="00BB2B0E"/>
+    <w:rsid w:val="00BC425A"/>
     <w:rsid w:val="00BD5973"/>
     <w:rsid w:val="00BE58B1"/>
     <w:rsid w:val="00C12E46"/>
     <w:rsid w:val="00C1301B"/>
     <w:rsid w:val="00C15EC5"/>
     <w:rsid w:val="00C16D55"/>
     <w:rsid w:val="00C2271C"/>
     <w:rsid w:val="00C42075"/>
     <w:rsid w:val="00C4511C"/>
     <w:rsid w:val="00C463DF"/>
     <w:rsid w:val="00C47FB8"/>
     <w:rsid w:val="00C50796"/>
     <w:rsid w:val="00C50DE1"/>
     <w:rsid w:val="00C55312"/>
     <w:rsid w:val="00C97AF1"/>
     <w:rsid w:val="00CA16BC"/>
     <w:rsid w:val="00CB265B"/>
     <w:rsid w:val="00CC2F1E"/>
     <w:rsid w:val="00CD3B6A"/>
     <w:rsid w:val="00CE1CEB"/>
     <w:rsid w:val="00CF1C4B"/>
     <w:rsid w:val="00CF407C"/>
     <w:rsid w:val="00CF5219"/>
     <w:rsid w:val="00D22CD7"/>
     <w:rsid w:val="00D45F9D"/>
     <w:rsid w:val="00D62B44"/>
     <w:rsid w:val="00D63CB3"/>
     <w:rsid w:val="00D64133"/>
     <w:rsid w:val="00D77C29"/>
     <w:rsid w:val="00D80FAA"/>
     <w:rsid w:val="00D81DB3"/>
     <w:rsid w:val="00D92F80"/>
     <w:rsid w:val="00D94916"/>
     <w:rsid w:val="00DA14A5"/>
+    <w:rsid w:val="00DC4A63"/>
     <w:rsid w:val="00DD7DDC"/>
     <w:rsid w:val="00DE1BF5"/>
     <w:rsid w:val="00DE298C"/>
     <w:rsid w:val="00DE345E"/>
+    <w:rsid w:val="00DE6160"/>
     <w:rsid w:val="00DF43D0"/>
     <w:rsid w:val="00DF6B54"/>
     <w:rsid w:val="00E160B7"/>
     <w:rsid w:val="00E240A7"/>
     <w:rsid w:val="00E2668B"/>
     <w:rsid w:val="00E4433E"/>
     <w:rsid w:val="00E82AD0"/>
     <w:rsid w:val="00E85A5E"/>
     <w:rsid w:val="00E966DB"/>
     <w:rsid w:val="00E9679A"/>
     <w:rsid w:val="00EA4737"/>
     <w:rsid w:val="00EB2A4D"/>
     <w:rsid w:val="00EB7207"/>
     <w:rsid w:val="00EC5D8B"/>
     <w:rsid w:val="00EE1117"/>
     <w:rsid w:val="00F04F25"/>
     <w:rsid w:val="00F14A56"/>
     <w:rsid w:val="00F253CE"/>
     <w:rsid w:val="00F42DD7"/>
+    <w:rsid w:val="00F66C9A"/>
     <w:rsid w:val="00F77A48"/>
     <w:rsid w:val="00F81BFB"/>
     <w:rsid w:val="00F95F03"/>
     <w:rsid w:val="00FA717D"/>
     <w:rsid w:val="00FC7952"/>
     <w:rsid w:val="00FD5287"/>
     <w:rsid w:val="00FD6148"/>
     <w:rsid w:val="00FD6783"/>
+    <w:rsid w:val="00FF5D47"/>
     <w:rsid w:val="00FF7690"/>
+    <w:rsid w:val="31C5F02F"/>
+    <w:rsid w:val="3C4F4F3A"/>
+    <w:rsid w:val="520457FA"/>
+    <w:rsid w:val="56A408CC"/>
+    <w:rsid w:val="7E479178"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F898ECF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{78984E59-1165-495E-B939-FD938989657E}"/>
+  <w15:docId w15:val="{EE4CDF07-2BA0-4F88-99CE-357CF4D06B02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14332,67 +14526,65 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00757369"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00757369"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00757369"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00757369"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
@@ -14621,55 +14813,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1818061675">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufn@du.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://dalarnauniversity.sharepoint.com/sites/OrganisationalAssets/OfficeTemplates/Staff/PM.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="55CACC30BB404A789ED269669EA819EC"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -14774,85 +14962,96 @@
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A60696"/>
     <w:rsid w:val="00050855"/>
     <w:rsid w:val="001C797F"/>
     <w:rsid w:val="001C7A79"/>
     <w:rsid w:val="00206A4C"/>
     <w:rsid w:val="0024027A"/>
+    <w:rsid w:val="00275B6B"/>
+    <w:rsid w:val="002B5F07"/>
     <w:rsid w:val="002D5362"/>
     <w:rsid w:val="00357D7D"/>
     <w:rsid w:val="003E495D"/>
+    <w:rsid w:val="003F3561"/>
     <w:rsid w:val="004E6D10"/>
     <w:rsid w:val="00535F2A"/>
     <w:rsid w:val="005E36B3"/>
+    <w:rsid w:val="005E5B68"/>
     <w:rsid w:val="00637A58"/>
+    <w:rsid w:val="007F09A2"/>
     <w:rsid w:val="00913BAE"/>
+    <w:rsid w:val="00933345"/>
+    <w:rsid w:val="00935823"/>
     <w:rsid w:val="00A5673B"/>
     <w:rsid w:val="00A60696"/>
     <w:rsid w:val="00A61519"/>
     <w:rsid w:val="00AC340C"/>
+    <w:rsid w:val="00BC4E8C"/>
     <w:rsid w:val="00C9639D"/>
+    <w:rsid w:val="00D15B75"/>
     <w:rsid w:val="00D63CB3"/>
     <w:rsid w:val="00D92F80"/>
     <w:rsid w:val="00DA50F6"/>
+    <w:rsid w:val="00DF6DDE"/>
     <w:rsid w:val="00F95F03"/>
     <w:rsid w:val="00FA717D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15603,218 +15802,232 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="bd72e6be-13ae-43da-a38a-232b29a04746" xsi:nil="true"/>
-[...8 lines deleted...]
-    <p6f9e56d757b45a6bde4de29e723f0d7 xmlns="bd72e6be-13ae-43da-a38a-232b29a04746">
+    <TaxCatchAll xmlns="011fcfff-f891-43c3-99dc-7743dce0f43f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="de8a848b-48ea-4afe-a42e-71140ade12d6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </p6f9e56d757b45a6bde4de29e723f0d7>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <versionshantering xmlns="de8a848b-48ea-4afe-a42e-71140ade12d6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EC6DC03A30C9D14D936E958178E7510F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc7331c994def5fa026aa363b7a3c00b">
-[...2 lines deleted...]
-    <xsd:import namespace="6c164d4a-d6c9-455f-8fc3-45f91cef1803"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101004C81BC7EE8E93D44AA128FA0616CE348" ma:contentTypeVersion="20" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="2e3aaa32f4bdf7ee45a9b2697c11b6f9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="de8a848b-48ea-4afe-a42e-71140ade12d6" xmlns:ns3="011fcfff-f891-43c3-99dc-7743dce0f43f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="49fb3500322d96692107401c1bde96ee" ns2:_="" ns3:_="">
+    <xsd:import namespace="de8a848b-48ea-4afe-a42e-71140ade12d6"/>
+    <xsd:import namespace="011fcfff-f891-43c3-99dc-7743dce0f43f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:BeHDa_Sorteringsordning" minOccurs="0"/>
-[...11 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:versionshantering" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd72e6be-13ae-43da-a38a-232b29a04746" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de8a848b-48ea-4afe-a42e-71140ade12d6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="BeHDa_Sorteringsordning" ma:index="8" nillable="true" ma:displayName="Sorteringsordning" ma:internalName="BeHDa_Sorteringsordning">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="versionshantering" ma:index="15" nillable="true" ma:displayName="versionshantering" ma:internalName="versionshantering">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="p6f9e56d757b45a6bde4de29e723f0d7" ma:index="10" nillable="true" ma:taxonomy="true" ma:internalName="p6f9e56d757b45a6bde4de29e723f0d7" ma:taxonomyFieldName="BeHDa_Dokumenttyp_Tax" ma:displayName="Dokumenttyp" ma:fieldId="{96f9e56d-757b-45a6-bde4-de29e723f0d7}" ma:sspId="2e8987a6-c1bb-4d45-96f2-f973512b71dc" ma:termSetId="5af78825-a386-4dfb-bc4b-2d98dcef38c9" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2e8987a6-c1bb-4d45-96f2-f973512b71dc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="11" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{37ff780b-9477-4a89-90ef-0aea95e6e40c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bd72e6be-13ae-43da-a38a-232b29a04746">
-[...10 lines deleted...]
-    <xsd:element name="BeHDa_Dokumenttyp" ma:index="14" nillable="true" ma:displayName="Dokumenttyp gammal" ma:internalName="BeHDa_Dokumenttyp">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...5 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BeHDa_Diarienummer" ma:index="15" nillable="true" ma:displayName="Diarienummer" ma:internalName="BeHDa_Diarienummer">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BeHDa_Beslutsdatum" ma:index="16" nillable="true" ma:displayName="Beslutsdatum" ma:internalName="BeHDa_Beslutsdatum">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:DateTime"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BeHDa_Ursprungswebb" ma:index="18" nillable="true" ma:displayName="Ursprungswebb" ma:internalName="BeHDa_Ursprungswebb">
-[...11 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="011fcfff-f891-43c3-99dc-7743dce0f43f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...21 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5f1b7e07-a951-4f9a-b05b-e9a70c9ce2cb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="011fcfff-f891-43c3-99dc-7743dce0f43f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -15868,128 +16081,100 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E11AC49D-09D9-46C1-B148-D8AEBBD9AD27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{830E3EF8-422A-4708-89EA-A5AA58B41D12}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F148DB78-BDD4-4ADC-A4A2-690035997C16}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="011fcfff-f891-43c3-99dc-7743dce0f43f"/>
+    <ds:schemaRef ds:uri="de8a848b-48ea-4afe-a42e-71140ade12d6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDC614EA-49EC-4959-9C14-2F9A529BE59F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5125741E-66B2-4CF3-AB89-8DE93AE7225D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PM</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>4720</Words>
-  <Characters>25017</Characters>
+  <Words>4632</Words>
+  <Characters>24552</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>208</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>204</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29678</CharactersWithSpaces>
+  <CharactersWithSpaces>29126</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Anvisningar och mall för ansökan om inrättande av utbildningsprogram, inklusive inrättande av inriktning inom specialistsjuksköterskeexamen och teknikområde inom högskoleingenjörsexamen</dc:title>
   <dc:subject/>
   <dc:creator>Linda Vixner (HDa)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100EC6DC03A30C9D14D936E958178E7510F</vt:lpwstr>
+    <vt:lpwstr>0x0101004C81BC7EE8E93D44AA128FA0616CE348</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Avdelning">
     <vt:lpwstr>1;#Rektors kansli, Högskoleförvaltning|768082ca-1a28-4983-90b4-5f5975ab10e2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Dokumenttyp0">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Ansvarig avdelning">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="BeHDa_Dokumenttyp_Tax">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>