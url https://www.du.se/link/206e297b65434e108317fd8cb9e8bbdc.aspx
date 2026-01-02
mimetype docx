--- v0 (2025-10-28)
+++ v1 (2026-01-02)
@@ -1,103 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Dokumenttitel"/>
         <w:tag w:val="Dokumenttitel"/>
         <w:id w:val="-2128619653"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="30BA1D99B23A45C488540D7EBB14E3F0"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="761959D9" w14:textId="77777777" w:rsidR="00A20A26" w:rsidRDefault="00EB4649" w:rsidP="002D3AAC">
           <w:pPr>
             <w:pStyle w:val="Rubrik1"/>
           </w:pPr>
           <w:r>
             <w:t>K</w:t>
           </w:r>
           <w:r w:rsidR="00ED6EA9">
             <w:t>urshandbok</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4598C488" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Ange kursnamn, kurskod, termin och antal högskolepoäng.</w:t>
+        <w:t xml:space="preserve">Ange kursnamn, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kurskod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, termin och antal högskolepoäng.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2BBD4E" w14:textId="77777777" w:rsidR="00E9753E" w:rsidRDefault="00E9753E" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A7EEF69" w14:textId="63C10572" w:rsidR="00E9753E" w:rsidRPr="00E9753E" w:rsidRDefault="00E9753E" w:rsidP="00E9753E">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9753E">
         <w:rPr>
@@ -107,167 +127,237 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Kontaktuppgifter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E9753E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kursansvarig: xxx, </w:t>
+        <w:t xml:space="preserve">Kursansvarig: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">xxx, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00E9753E">
+        <w:r w:rsidRPr="00A13CDB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:bCs/>
-            <w:iCs/>
+            <w:i/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>xxx@du.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E9753E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 023-77 80 00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EA06C44" w14:textId="08F3B7D9" w:rsidR="00E9753E" w:rsidRPr="00E9753E" w:rsidRDefault="00E9753E" w:rsidP="00E9753E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E9753E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Support: </w:t>
+        <w:t>Support:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E9753E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00E9753E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>support@du.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E9753E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, 023-77 88 88</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9753E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E9753E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Supportc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>afé: 023 – 77 89 99</w:t>
+        <w:t>afé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 023 – 77 89 99</w:t>
       </w:r>
       <w:r w:rsidR="004828F5">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="004828F5" w:rsidRPr="004828F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Supportcafé i Zoom</w:t>
+          <w:t>Supportcafé</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="004828F5" w:rsidRPr="004828F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="004828F5" w:rsidRPr="004828F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="004828F5" w:rsidRPr="004828F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Zoom</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="10B86210" w14:textId="6887BD88" w:rsidR="00DD7DDC" w:rsidRPr="00F14A56" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Kursintroduktion/välkommen till kursen</w:t>
       </w:r>
       <w:r w:rsidR="00F14A56">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C96AC53" w14:textId="77777777" w:rsidR="00F14A56" w:rsidRDefault="00EB4649" w:rsidP="00F14A56">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Här välkomnar du studenten och ger en kort beskrivning av kursen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21267C25" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:r w:rsidRPr="00EB4649">
-        <w:t>All information du behöver finns i kursrummet i lärplattformen. Tänk på att du som student har ett ansvar för att hålla dig uppdaterad kring eventuella förändringar under kursens gång.</w:t>
+        <w:t xml:space="preserve">All information du behöver finns i kursrummet i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:t>lärplattformen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:t>. Tänk på att du som student har ett ansvar för att hålla dig uppdaterad kring eventuella förändringar under kursens gång.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C756930" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
@@ -284,184 +374,240 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Zoom</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kan du samtala med dina kurskamrater, arbeta med olika uppgifter, dela en whiteboard, dela din datorskärm och visa olika program, till exempel Powerpoint. I undervisningen används Zoom till exempel i seminarier och muntliga examinationer.</w:t>
+        <w:t xml:space="preserve"> kan du samtala med dina kurskamrater, arbeta med olika uppgifter, dela en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>whiteboard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, dela din datorskärm och visa olika program, till exempel Powerpoint. I undervisningen används Zoom till exempel i seminarier och muntliga examinationer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09AFFA38" w14:textId="77777777" w:rsidR="00345FFD" w:rsidRDefault="00345FFD" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F1EDC1C" w14:textId="77018229" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00000000" w:rsidP="00EB4649">
+    <w:p w14:paraId="3F1EDC1C" w14:textId="77018229" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00EB4649" w:rsidRPr="00EB4649">
+        <w:r w:rsidRPr="00EB4649">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>Information för hur du använder Zoom</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004828F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DEEE6A1" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71127AC3" w14:textId="4EA0CFE8" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>I kursrummet i lärplattformen finns det aktuell information för kursen, vilket bland annat</w:t>
+        <w:t xml:space="preserve">I kursrummet i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lärplattformen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finns det aktuell information för kursen, vilket bland annat</w:t>
       </w:r>
       <w:r w:rsidR="00EE17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> innefatta föreläsningar, schema, kursplan, artiklar, kursdeltagare, lärare, tips om extra litteratur. I olika diskussionsforum kan studenter och lärare diskutera olika ämnen, ställa frågor och få svar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFC8798" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00000000" w:rsidP="00EB4649">
+    <w:p w14:paraId="6CFC8798" w14:textId="1D1B6BE6" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00EB4649" w:rsidRPr="00EB4649">
+        <w:r w:rsidRPr="00EB4649">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t xml:space="preserve">Mer information om </w:t>
         </w:r>
-        <w:r w:rsidR="00EB4649">
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>lärplattformen</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
+      <w:r w:rsidR="00A13CDB">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2EEABCB1" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E55B07B" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
+    <w:p w14:paraId="7E55B07B" w14:textId="40070D07" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Du kan hitta mer information om studieverktyg och stöd under studietiden (studenthälsan, stöd vid funktionsnedsättning, akademiskt skrivande etc.) på </w:t>
+        <w:t xml:space="preserve">Du kan hitta mer information om studieverktyg och stöd under studietiden (studenthälsan, stöd vid funktionsnedsättning, akademiskt skrivande </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB4649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) på </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00EB4649">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>Studentwebben</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00A13CDB">
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38606B40" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00381AC1" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65FF46CC" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
@@ -595,118 +741,60 @@
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Här lägger du in en överskådlig planering av kursen, gärna i tabellform. Beskriv gärna vad som förväntas av studenten inför olika moment och vilken litteratur som används när och hur. Se exempel nedan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53321BD4" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="446276D9" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
+    <w:p w14:paraId="10762CB7" w14:textId="2C8B8892" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...56 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="209E1FB4" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Examination och bedömning</w:t>
@@ -894,134 +982,159 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>möjligheten till omexamination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0195608F" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AA6046C" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00ED6EA9" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
+    <w:p w14:paraId="5AA6046C" w14:textId="000305F6" w:rsidR="00EB4649" w:rsidRPr="00ED6EA9" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">På studentwebben finns mer information om </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00ED6EA9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t>examination och tentamen</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00A13CDB">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2E047F19" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D8CBB8B" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00EB4649" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4649">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Former för inlämningsuppgifter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B03BF0E" w14:textId="77777777" w:rsidR="00EB4649" w:rsidRPr="00ED6EA9" w:rsidRDefault="00EB4649" w:rsidP="00EB4649">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ange vilka formalia som gäller för inlämningsuppgifter, vilket program och/eller format som ska användas, hur uppgifterna ska benämnas, typsnitt etc. samt hur inlämning i </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Ange vilka formalia som gäller för inlämningsuppgifter, vilket program och/eller format som ska användas, hur uppgifterna ska benämnas, typsnitt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt hur inlämning i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>lärplattformen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> sker. Ange om en särskild mall ska användas. Informera även om referenshanteringssystem när det är aktuellt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21FA5A44" w14:textId="77777777" w:rsidR="0052037B" w:rsidRDefault="0052037B" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FC69612" w14:textId="26623E3C" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
@@ -1061,82 +1174,91 @@
     <w:p w14:paraId="325C4029" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>När du skriver en akademisk text är det viktigt att du refererar till de källor som du använder så att det blir tydligt varifrån du hämtat din information och att det framgår vad som är dina resonemang och vad som är andras. Om du använder någon annan persons verk utan att referera till källan riskerar du att göra dig skyldig till plagiering. Hur du ska referera till källor beror på vilken referensstil du använder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="181638E4" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C6C5704" w14:textId="0F86D82F" w:rsidR="00ED6EA9" w:rsidRPr="00A146FF" w:rsidRDefault="00ED6EA9" w:rsidP="00A146FF">
+    <w:p w14:paraId="0C6C5704" w14:textId="0F86D82F" w:rsidR="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00A146FF">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Vill du ha hjälp med informationssökning, referenshantering eller andra frågor kan du</w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00ED6EA9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:t xml:space="preserve"> boka en bibliotekarie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4DBE62BD" w14:textId="77777777" w:rsidR="00A13CDB" w:rsidRPr="00A146FF" w:rsidRDefault="00A13CDB" w:rsidP="00A146FF">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3352E575" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="0052037B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D45B38">
         <w:t>Plagiering</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och annat fusk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E398B67" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plagiering innebär att framställa innehållet i någon annans text som sitt eget. Att plagiera betraktas som ett brott mot god akademisk sed och kan leda till avstängning från dina studier. För att undvika plagiering är det viktigt att du lär dig referera, citera och hänvisa korrekt när du använder andras texter. </w:t>
@@ -1239,159 +1361,305 @@
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Kursvärdering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F00E8E0" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
+    <w:p w14:paraId="0F00E8E0" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Som student får du alltid lämna åsikter om kursen genom en kursvärdering som genomförs efter kursens slut. Om du som student inte är nöjd eller vill framföra förbättringsförslag är du också välkommen att lämna synpunkter under kursens gång. Dina åsikter är värdefulla för utvecklingen av våra utbildningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F28AD4" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
-[...4 lines deleted...]
-    <w:p w14:paraId="63C4BC5B" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
+    <w:p w14:paraId="4E19EB22" w14:textId="77777777" w:rsidR="00A13CDB" w:rsidRDefault="00A13CDB" w:rsidP="00ED6EA9">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0204B86C" w14:textId="77777777" w:rsidR="00A13CDB" w:rsidRPr="00A13CDB" w:rsidRDefault="00A13CDB" w:rsidP="00A13CDB">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6EA9">
+      <w:r w:rsidRPr="00A13CDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
+        <w:t>Studieverkstaden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B706210" w14:textId="77777777" w:rsidR="00A13CDB" w:rsidRDefault="00A13CDB" w:rsidP="00A13CDB">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Studieverkstaden erbjuder stöd som underlättar dina studier och främjar din utveckling som student och människa, oavsett bakgrund och förutsättningar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A23BCD0" w14:textId="3BFB1C10" w:rsidR="00A13CDB" w:rsidRDefault="00A13CDB" w:rsidP="00A13CDB">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Här finns resurser och vägledning inom akademiskt skrivande, informationssökning, referenshantering, studiestrategier samt frågor som rör välmående och personlig utveckling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F76BFD" w14:textId="6B595D59" w:rsidR="00A13CDB" w:rsidRPr="00A13CDB" w:rsidRDefault="00A13CDB" w:rsidP="00A13CDB">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.du.se/sv/studieverkstaden/" \o "https://www.du.se/sv/studieverkstaden/"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Studieverkstaden - Högskolan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Dalarna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A13CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="65B686F4" w14:textId="77777777" w:rsidR="00A13CDB" w:rsidRPr="00ED6EA9" w:rsidRDefault="00A13CDB" w:rsidP="00ED6EA9">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30F28AD4" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63C4BC5B" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
+      <w:pPr>
+        <w:pStyle w:val="Ingetavstnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
         <w:t>Övrigt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7AEAFE" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00ED6EA9" w:rsidRDefault="00ED6EA9" w:rsidP="00ED6EA9">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>För kurser som innefattar ett examensarbete kan ytterligare information behöva läggas till, exempelvis om handledning, ventilering, forskningsetik etc.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">För kurser som innefattar ett examensarbete kan ytterligare information behöva läggas till, exempelvis om handledning, ventilering, forskningsetik </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3F95D662" w14:textId="77777777" w:rsidR="00ED6EA9" w:rsidRPr="00EB4649" w:rsidRDefault="00ED6EA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5175"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED6EA9" w:rsidRPr="00EB4649" w:rsidSect="00FE6C0C">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3F0749A1" w14:textId="77777777" w:rsidR="00793780" w:rsidRDefault="00793780" w:rsidP="002D3AAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4AF67788" w14:textId="77777777" w:rsidR="00793780" w:rsidRDefault="00793780" w:rsidP="002D3AAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1425,131 +1693,134 @@
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="079C12A5" w14:textId="77777777" w:rsidR="003F474E" w:rsidRPr="008A4E9E" w:rsidRDefault="00000000" w:rsidP="003F474E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="079C12A5" w14:textId="77777777" w:rsidR="003F474E" w:rsidRPr="008A4E9E" w:rsidRDefault="00A13CDB" w:rsidP="003F474E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1606111688"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:instrText>PAGE</w:instrText>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:t xml:space="preserve"> (</w:t>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:instrText>NUMPAGES</w:instrText>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="003F474E" w:rsidRPr="008A4E9E">
           <w:t>)</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0983FB18" w14:textId="77777777" w:rsidR="003F474E" w:rsidRDefault="003F474E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="181861016"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="3A6D3C8E" w14:textId="77777777" w:rsidR="003F474E" w:rsidRPr="008A4E9E" w:rsidRDefault="003F474E">
             <w:pPr>
               <w:pStyle w:val="Sidfot"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
@@ -1562,532 +1833,514 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A4E9E">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0BB8DF31" w14:textId="77777777" w:rsidR="003F474E" w:rsidRDefault="003F474E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="580991AC" w14:textId="77777777" w:rsidR="00793780" w:rsidRDefault="00793780" w:rsidP="002D3AAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="14E6BE81" w14:textId="77777777" w:rsidR="00793780" w:rsidRDefault="00793780" w:rsidP="002D3AAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1225" w:tblpY="761"/>
       <w:tblW w:w="9497" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4931"/>
       <w:gridCol w:w="4566"/>
     </w:tblGrid>
     <w:tr w:rsidR="00C50796" w:rsidRPr="00AC6ECD" w14:paraId="6D469322" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="076B1388" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="31D902A0" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00EB4649" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>KURSHANDBOK</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="007170B6" w14:paraId="11A0774A" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4787657B" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="304CE957" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:rPr>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="739B3764" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="540D0CB3" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="13AD1F6C" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:rPr>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B3619D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Datum</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="008B443B" w14:paraId="750CD7BF" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="24A8EA45" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="7F30251D" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00000000" w:rsidP="00C50796">
+        <w:p w14:paraId="7F30251D" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00A13CDB" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:rPr>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:alias w:val="Mötesdatum"/>
               <w:tag w:val="Mötesdatum"/>
               <w:id w:val="1699353860"/>
               <w:showingPlcHdr/>
               <w:date w:fullDate="2020-11-18T00:00:00Z">
                 <w:dateFormat w:val="yyyy-MM-dd"/>
                 <w:lid w:val="sv-SE"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00C50796" w:rsidRPr="00B3619D">
                 <w:rPr>
                   <w:rStyle w:val="Platshllartext"/>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:t>Klicka eller tryck här för att ange datum.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="051E1DDD" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="08BDB14D" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="704794A3" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:rPr>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="454FD9B3" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="6F6C6972" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="2D16232A" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
             <w:rPr>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B3619D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Diarienummer</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="008B443B" w14:paraId="3FC1099A" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="235F80E5" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="21E09501" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00000000" w:rsidP="00C50796">
+        <w:p w14:paraId="21E09501" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00B3619D" w:rsidRDefault="00A13CDB" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:color w:val="auto"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:alias w:val="Diarienummer"/>
               <w:tag w:val="Diarienummer"/>
               <w:id w:val="1143460067"/>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00C50796" w:rsidRPr="00B3619D">
                 <w:rPr>
                   <w:rStyle w:val="Platshllartext"/>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:t>Ange diarienummer</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="35D8D1E5" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="6B9A224C" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="1322B725" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="00E47E54" w14:paraId="14BDB614" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="59F914A8" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="439A6266" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C50796" w:rsidRPr="008B443B" w14:paraId="3A13519F" w14:textId="77777777" w:rsidTr="00D40FCA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4931" w:type="dxa"/>
           <w:vMerge/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="4CFEDAA2" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="00E47E54" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4566" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="6816499F" w14:textId="77777777" w:rsidR="00C50796" w:rsidRPr="008B443B" w:rsidRDefault="00C50796" w:rsidP="00C50796">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
             </w:tabs>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="122F1A14" w14:textId="77777777" w:rsidR="00BD5973" w:rsidRDefault="00BD5973">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r w:rsidRPr="00E47E54">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="647A8034" wp14:editId="4A9527BA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
@@ -2129,72 +2382,72 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="838800" cy="900000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                      <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
+                      <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08932A7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="184C7940"/>
     <w:lvl w:ilvl="0" w:tplc="54D4C6D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktrubrik1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2024" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2744" w:hanging="360"/>
       </w:pPr>
@@ -2894,57 +3147,57 @@
   <w:num w:numId="1" w16cid:durableId="2025548244">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1823887912">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1521116365">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="650332288">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1608123559">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="229967581">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1635257079">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E9753E"/>
     <w:rsid w:val="00047DF9"/>
     <w:rsid w:val="00052DF7"/>
     <w:rsid w:val="00092854"/>
     <w:rsid w:val="000F2C8A"/>
@@ -2968,58 +3221,60 @@
     <w:rsid w:val="004C592E"/>
     <w:rsid w:val="0052037B"/>
     <w:rsid w:val="0055033A"/>
     <w:rsid w:val="0058767D"/>
     <w:rsid w:val="00665008"/>
     <w:rsid w:val="00687A50"/>
     <w:rsid w:val="007637F1"/>
     <w:rsid w:val="00793780"/>
     <w:rsid w:val="007A4D6F"/>
     <w:rsid w:val="007B41D1"/>
     <w:rsid w:val="007D7AE2"/>
     <w:rsid w:val="0086321F"/>
     <w:rsid w:val="00886583"/>
     <w:rsid w:val="008A4346"/>
     <w:rsid w:val="008A4E9E"/>
     <w:rsid w:val="008B5235"/>
     <w:rsid w:val="008C56A1"/>
     <w:rsid w:val="008D2298"/>
     <w:rsid w:val="008E178D"/>
     <w:rsid w:val="0090097F"/>
     <w:rsid w:val="009250C1"/>
     <w:rsid w:val="00934DB3"/>
     <w:rsid w:val="00961EDA"/>
     <w:rsid w:val="00997CDA"/>
     <w:rsid w:val="00A06AF4"/>
+    <w:rsid w:val="00A13CDB"/>
     <w:rsid w:val="00A146FF"/>
     <w:rsid w:val="00A20A26"/>
     <w:rsid w:val="00A37A6A"/>
     <w:rsid w:val="00A533F3"/>
     <w:rsid w:val="00A75784"/>
     <w:rsid w:val="00A82A00"/>
     <w:rsid w:val="00AA7320"/>
     <w:rsid w:val="00AE31CA"/>
+    <w:rsid w:val="00B27551"/>
     <w:rsid w:val="00B3619D"/>
     <w:rsid w:val="00B4414A"/>
     <w:rsid w:val="00B65A99"/>
     <w:rsid w:val="00B7211A"/>
     <w:rsid w:val="00BA7BE0"/>
     <w:rsid w:val="00BB0105"/>
     <w:rsid w:val="00BD5973"/>
     <w:rsid w:val="00C16D55"/>
     <w:rsid w:val="00C47FB8"/>
     <w:rsid w:val="00C50796"/>
     <w:rsid w:val="00C50DE1"/>
     <w:rsid w:val="00CD3B6A"/>
     <w:rsid w:val="00D22CD7"/>
     <w:rsid w:val="00D62B44"/>
     <w:rsid w:val="00D64133"/>
     <w:rsid w:val="00D80FAA"/>
     <w:rsid w:val="00D81DB3"/>
     <w:rsid w:val="00DD7DDC"/>
     <w:rsid w:val="00DE1BF5"/>
     <w:rsid w:val="00E240A7"/>
     <w:rsid w:val="00E9753E"/>
     <w:rsid w:val="00EA4737"/>
     <w:rsid w:val="00EB4649"/>
     <w:rsid w:val="00ED6EA9"/>
     <w:rsid w:val="00EE1117"/>
@@ -3036,51 +3291,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4A91FE53"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2ECBA330-4AA7-4431-B80E-23A5D89F39C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3893,135 +4148,135 @@
     <w:rsid w:val="00ED6EA9"/>
     <w:pPr>
       <w:spacing w:line="181" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E9753E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1553924654">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.du.se/sv/studentwebb/stod-och-service/zoom-for-studenter/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.du.se/sv/studentwebb/rattigheter-och-regler/fusk-och-disciplinarenden/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://du-se.zoom.us/j/9023778888" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.du.se/sv/bibliotek/boka-bibliotekarie/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.du.se/sv/studentwebb/under-studierna/examination-och-tentamen/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@du.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.du.se/sv/studentwebb/stod-och-service/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxx@du.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.du.se/sv/hjalp/learn" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\asbe\H&#246;gskolan%20Dalarna\Studentservice%20-%20Enheten%20f&#246;r%20Utbildningshandl&#228;ggning\Kurs-%20och%20utbildningsplaner\Kurshandbok\Mall%20f&#246;r%20kurshandbok.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="30BA1D99B23A45C488540D7EBB14E3F0"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A75014EA-DF77-4914-8CAB-DF7E3AB0F4FF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00206465" w:rsidRDefault="00000000">
+        <w:p w:rsidR="00206465" w:rsidRDefault="002E6DDC">
           <w:pPr>
             <w:pStyle w:val="30BA1D99B23A45C488540D7EBB14E3F0"/>
           </w:pPr>
           <w:r w:rsidRPr="00A82A00">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               <w:color w:val="7030A0"/>
             </w:rPr>
             <w:t xml:space="preserve">Ange </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               <w:color w:val="7030A0"/>
             </w:rPr>
             <w:t>dokumenttitel</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4067,94 +4322,96 @@
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00206465"/>
     <w:rsid w:val="001F5C03"/>
     <w:rsid w:val="00206465"/>
+    <w:rsid w:val="002E6DDC"/>
     <w:rsid w:val="00533F96"/>
     <w:rsid w:val="00934DB3"/>
+    <w:rsid w:val="00B27551"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4553,51 +4810,51 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="30BA1D99B23A45C488540D7EBB14E3F0">
     <w:name w:val="30BA1D99B23A45C488540D7EBB14E3F0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -4867,98 +5124,99 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="011fcfff-f891-43c3-99dc-7743dce0f43f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="de8a848b-48ea-4afe-a42e-71140ade12d6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <versionshantering xmlns="de8a848b-48ea-4afe-a42e-71140ade12d6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C81BC7EE8E93D44AA128FA0616CE348" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ae9fe6759b577d848ca7978f61258567">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="de8a848b-48ea-4afe-a42e-71140ade12d6" xmlns:ns3="011fcfff-f891-43c3-99dc-7743dce0f43f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c0e5eeb5525078b68fd0fae636c114ce" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004C81BC7EE8E93D44AA128FA0616CE348" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cad75baa4fa39a027f38e500dda73b6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="de8a848b-48ea-4afe-a42e-71140ade12d6" xmlns:ns3="011fcfff-f891-43c3-99dc-7743dce0f43f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fb84b329843a8b686b0f7a7adc067024" ns2:_="" ns3:_="">
     <xsd:import namespace="de8a848b-48ea-4afe-a42e-71140ade12d6"/>
     <xsd:import namespace="011fcfff-f891-43c3-99dc-7743dce0f43f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:versionshantering" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de8a848b-48ea-4afe-a42e-71140ade12d6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4999,50 +5257,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2e8987a6-c1bb-4d45-96f2-f973512b71dc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="011fcfff-f891-43c3-99dc-7743dce0f43f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -5143,117 +5406,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E11AC49D-09D9-46C1-B148-D8AEBBD9AD27}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{830E3EF8-422A-4708-89EA-A5AA58B41D12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="011fcfff-f891-43c3-99dc-7743dce0f43f"/>
     <ds:schemaRef ds:uri="de8a848b-48ea-4afe-a42e-71140ade12d6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{274D601E-A504-4974-9460-D98320FA9C2D}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E11AC49D-09D9-46C1-B148-D8AEBBD9AD27}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81198011-4BBC-4337-873C-9DC5151C1A30}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Mall för kurshandbok</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>809</Words>
-  <Characters>4615</Characters>
+  <Words>928</Words>
+  <Characters>4919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5414</CharactersWithSpaces>
+  <CharactersWithSpaces>5836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Kurshandbok</dc:title>
   <dc:subject/>
   <dc:creator>Åsa Berglind (HDa)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004C81BC7EE8E93D44AA128FA0616CE348</vt:lpwstr>
   </property>