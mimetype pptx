--- v0 (2025-10-28)
+++ v1 (2026-02-05)
@@ -458,54 +458,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="150" d="100"/>
-          <a:sy n="150" d="100"/>
+          <a:sx n="75" d="100"/>
+          <a:sy n="75" d="100"/>
         </p:scale>
-        <p:origin x="654" y="132"/>
+        <p:origin x="66" y="786"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
@@ -580,51 +580,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3763355" y="448857"/>
             <a:ext cx="2592968" cy="268844"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{61A6C77D-252F-4260-8DB5-09F3AE8393C3}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Platshållare för sidfot 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC1EFC61-F8FA-4E87-AA9D-484BBD58E1FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453178" y="9164885"/>
             <a:ext cx="2945659" cy="498055"/>
@@ -855,51 +855,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3763355" y="448857"/>
             <a:ext cx="2592968" cy="268844"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6ED88F8-9698-4305-B7AA-EFCA56820892}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="453178" y="9164885"/>
             <a:ext cx="2945659" cy="498055"/>
@@ -1203,51 +1203,51 @@
             <a:r>
               <a:rPr lang="sv-SE" err="1"/>
               <a:t>appropriate</a:t>
             </a:r>
             <a:endParaRPr lang="en-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -1368,51 +1368,51 @@
             <a:r>
               <a:rPr lang="sv-SE" err="1"/>
               <a:t>review</a:t>
             </a:r>
             <a:endParaRPr lang="en-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -1541,51 +1541,51 @@
             <a:r>
               <a:rPr lang="sv-SE" err="1"/>
               <a:t>appropriate</a:t>
             </a:r>
             <a:endParaRPr lang="en-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -1678,51 +1678,51 @@
             <a:r>
               <a:rPr lang="sv-SE" err="1"/>
               <a:t>yourself</a:t>
             </a:r>
             <a:endParaRPr lang="en-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -1906,51 +1906,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t> to the DU information.</a:t>
             </a:r>
             <a:endParaRPr lang="en-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -2035,51 +2035,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -2445,51 +2445,51 @@
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> (BREEM)</a:t>
             </a:r>
             <a:endParaRPr lang="en-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -2894,51 +2894,51 @@
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> 4.</a:t>
             </a:r>
             <a:endParaRPr lang="en-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -3023,51 +3023,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B3DF2B25-D3B1-41DA-B815-AE9D92C5353B}" type="datetime1">
               <a:rPr lang="en-US" sz="1000" smtClean="0"/>
-              <a:t>4/22/2025</a:t>
+              <a:t>2/4/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" sz="1000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000"/>
               <a:t>© Dalarna University</a:t>
             </a:r>
           </a:p>
@@ -3404,51 +3404,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{719211BB-FA25-4248-9DD2-82F331A6D043}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3659,51 +3659,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D83EA865-03CD-4B59-BB82-B2E85EF36AF5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3971,51 +3971,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE550717-E9E9-4868-BD49-0B8F4C012B94}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -4134,51 +4134,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E697336-EFA3-469A-AB45-9009A8B163AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -5054,51 +5054,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9754DD30-C97D-4470-9A0A-F3B6B61E91F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -5580,51 +5580,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5860A82-D2C0-44E5-8F2A-A84C4E8A6E7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -6058,51 +6058,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B24B195-C53B-4457-806D-07954724BC06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -6582,51 +6582,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BCFD270-04BA-40FA-9025-C832FA353391}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -6934,51 +6934,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43615219-7C1B-4F74-813C-0ACFE5BB0284}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -7469,51 +7469,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBF0FD68-E40A-479A-BB97-59254D1C98FC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -7863,51 +7863,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8350B45B-76AB-4496-943E-37EF06A86415}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -8163,51 +8163,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3B03CAC-C32D-486A-A42F-49766A921615}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -8610,51 +8610,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4119BC75-3270-4C49-B4DC-2CB4F1F2BB0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -9003,51 +9003,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C8E7279-32A4-4081-A5F3-BFC489F3606B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -9555,51 +9555,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98127ADE-9C99-411C-9C94-CF79B32C5464}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -10002,51 +10002,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE97754E-E0E2-4160-9917-E45688DB51AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -10400,51 +10400,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9848A47-C493-4B74-8AED-33F5C11A9148}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -10673,51 +10673,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1055687" y="6356350"/>
             <a:ext cx="929523" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9F36A944-98E7-4C32-ABD0-39B1C9C7C273}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>22/04/2025</a:t>
+              <a:t>04/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6443EE36-0CB1-4FF9-B1E7-80617464E94A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2033849" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -11509,59 +11509,59 @@
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
@@ -14864,66 +14864,66 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Platshållare för text 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24DA3D6C-75EE-D8CA-FF8E-F905AF6DA2D9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" err="1"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>Working</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" err="1"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>after</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t> studies</a:t>
             </a:r>
-            <a:endParaRPr lang="en-SE"/>
+            <a:endParaRPr lang="en-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rubrik 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E52A18B-CA2A-80F6-587C-4CB86349672A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -14938,219 +14938,243 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för text 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDD3D5A5-5B3D-C833-BBD2-79A6C76E7ACD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>Create</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>close</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
-[...3 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t> relationships </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
+              <a:t>with</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>teachers</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>who</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>will</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> be </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>your</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> mentors.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t>Make </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>close</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>friendships</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
-[...3 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
+              <a:t>with</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>peers</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> from </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>around</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
-[...3 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t> the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
+              <a:t>world</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
+              <a:t>. Over 500 international students from 70 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>countries</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>study</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> at DU.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t>Always </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>close</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> to </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>outdoor</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>adventures</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1600"/>
-[...3 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1600"/>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
               <a:t>Close to innovative international </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1600" err="1"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0" err="1"/>
               <a:t>employers</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1600"/>
-[...17 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="1600"/>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:br>
-              <a:rPr lang="sv-SE" sz="1600"/>
+              <a:rPr lang="sv-SE" sz="1600" dirty="0"/>
             </a:br>
-            <a:endParaRPr lang="sv-SE" sz="1600"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E83A3E69-4C26-51E8-0CE6-84B39E090856}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7274984" y="-51369"/>
             <a:ext cx="4917017" cy="6329236"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -15203,321 +15227,274 @@
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="10" name="Grupp 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{104BE9D2-7F17-10F8-DB2B-562574B69F84}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="426790" y="225132"/>
-[...2 lines deleted...]
-            <a:chExt cx="4282764" cy="6103599"/>
+            <a:off x="426790" y="555332"/>
+            <a:ext cx="4282764" cy="5493999"/>
+            <a:chOff x="426790" y="415632"/>
+            <a:chExt cx="4282764" cy="5493999"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="5" name="Picture 6" descr="Hitachi Energy – Advancing a sustainable energy future for all">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957FCA95-A9F4-E83E-FFD9-86F39C0190D2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="426790" y="225132"/>
+              <a:off x="426790" y="415632"/>
               <a:ext cx="4282764" cy="738956"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="6" name="Picture 10">
+            <p:cNvPr id="9" name="Picture 14" descr="SSAB – Wikipedia">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01B64B96-EB8C-4D3E-FED5-621C62D2113C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACD9F1CE-6FE8-6D0F-1FAA-E4F0E2F6C389}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId3">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="901421" y="1135077"/>
-              <a:ext cx="3333502" cy="609555"/>
+              <a:off x="1437531" y="2806700"/>
+              <a:ext cx="1967409" cy="660887"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="9" name="Picture 14" descr="SSAB – Wikipedia">
+            <p:cNvPr id="13" name="Picture 18" descr="Clas Ohlson lanserar ny visuell identitet - about.clasohlson.com">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACD9F1CE-6FE8-6D0F-1FAA-E4F0E2F6C389}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FCDDF25-17FC-C8AD-9717-766AB06D5AE8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId4">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="1437531" y="3429000"/>
-              <a:ext cx="1967409" cy="660887"/>
+              <a:off x="1329787" y="4747545"/>
+              <a:ext cx="2075153" cy="1162086"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="13" name="Picture 18" descr="Clas Ohlson lanserar ny visuell identitet - about.clasohlson.com">
+            <p:cNvPr id="14" name="Picture 20" descr="Sandvik AB – Wikipedia">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FCDDF25-17FC-C8AD-9717-766AB06D5AE8}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F4A45B9-D270-3E09-6C00-0F4176E6944E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId5">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="1329787" y="5166645"/>
-              <a:ext cx="2075153" cy="1162086"/>
+              <a:off x="1127795" y="1467671"/>
+              <a:ext cx="2586882" cy="948291"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="14" name="Picture 20" descr="Sandvik AB – Wikipedia">
+            <p:cNvPr id="15" name="Picture 26" descr="Stainless steel | Outokumpu">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F4A45B9-D270-3E09-6C00-0F4176E6944E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{293B6132-112E-FCDF-805F-63AC5447E523}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId6">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="1127795" y="2115371"/>
-[...46 lines deleted...]
-              <a:off x="851086" y="4237992"/>
+              <a:off x="851086" y="3717292"/>
               <a:ext cx="3434171" cy="875377"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1771676701"/>
       </p:ext>
     </p:extLst>
   </p:cSld>